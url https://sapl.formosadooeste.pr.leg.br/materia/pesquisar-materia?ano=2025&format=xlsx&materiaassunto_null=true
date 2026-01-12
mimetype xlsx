--- v0 (2025-11-23)
+++ v1 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2180" uniqueCount="918">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2455" uniqueCount="1030">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -237,50 +237,110 @@
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/camara_municipal_balancete_financeiro_agosto_2025.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal Balancete Financeiro agosto 2025</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/prefeitura_municipal_balancete_financeiro_agosto-2025.pdf</t>
   </si>
   <si>
     <t>Prefeitura Municipal Balancete Financeiro agosto 2025</t>
   </si>
   <si>
+    <t>2137</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/camara_municipal_balancete_financeiro_setembro_2025.pdf</t>
+  </si>
+  <si>
+    <t>Câmara Municipal Balancete Financeiro setembro de 2025</t>
+  </si>
+  <si>
+    <t>2139</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/prefeitura_municipal_balancete_financeiro_setembro_2025.pdf</t>
+  </si>
+  <si>
+    <t>Prefeitura Municipal Balancete Financeiro setembro 2025</t>
+  </si>
+  <si>
+    <t>2140</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/camara_municipal_balancete_financeiro_outubro_2025.pdf</t>
+  </si>
+  <si>
+    <t>Câmara Municipal Balancete Financeiro outubro 2025</t>
+  </si>
+  <si>
+    <t>2141</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/prefeitura_municipal_balancete_financeiro_outubro_2025.pdf</t>
+  </si>
+  <si>
+    <t>Prefeitura Municipal Balancete Financeiro 0utubro 2025</t>
+  </si>
+  <si>
+    <t>2142</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/camara_municipal_balncete_financeiro_novembro_2025.pdf</t>
+  </si>
+  <si>
+    <t>Câmara Municipal Balancete Financeiro novembro 2025</t>
+  </si>
+  <si>
     <t>1840</t>
   </si>
   <si>
     <t>CCJ</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
     <t>CCJ - Constituição, Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/parecer_01.2025-projeto_de_lei_01-2025_ccj.doc</t>
   </si>
   <si>
     <t>Projeto de lei 01-2025</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/parecer_02.2025-projeto_de_lei_01-2025_cm_ccj.doc</t>
   </si>
   <si>
     <t>Projeto de lei 01-2025 CM</t>
@@ -390,101 +450,86 @@
   <si>
     <t>Projeto de Resolução 01-2025</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/parecer_15.2025-projeto_de_lei_08-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de Lei 08-2025</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/parecer_16.2025-projeto_de_lei_09-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de Lei 09-2025</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/parecer_17.2025-projeto_de_resolucao__04-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de Resolução  04-2025</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/parecer_18.2025-projeto_de_lei_10-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de Lei 10-2025</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/parecer_19.2025-projeto_de_resolucao_02-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de Resolução 02-2025</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/parecer_20.2025-projeto_de_lei_11-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de Lei 11-2025</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>21</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/parecer_21.2025-projeto_de_lei_12-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de Lei 12-2025</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/parecer_22.2025-projeto_de_lei_13-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de Lei 13-2025</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/parecer_23.2025-projeto_de_lei_15-2025__ccj.doc</t>
@@ -771,50 +816,158 @@
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/parecer_47.2025-projeto_de_lei_27-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de lei 27-2025</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/parecer_48.2025-projeto_de_lei_compl_12-2025__ccj.doc</t>
   </si>
   <si>
     <t>Projeto de lei Compl 12-2025</t>
   </si>
   <si>
+    <t>2119</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/parecer_49.2025-projeto_de_lei_28-2025__ccj.doc</t>
+  </si>
+  <si>
+    <t>Projeto de lei 28-2025</t>
+  </si>
+  <si>
+    <t>2120</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/parecer_50.2025-projeto_de_lei_03-2025-cm__ccj.doc</t>
+  </si>
+  <si>
+    <t>Projeto de lei 03-2025-CM</t>
+  </si>
+  <si>
+    <t>2121</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/parecer_51.2025-projeto_de_lei_04-2025-cm__ccj.doc</t>
+  </si>
+  <si>
+    <t>Projeto de lei 04-2025-CM</t>
+  </si>
+  <si>
+    <t>2122</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/parecer_52.2025-projeto_de_lei_31-2025_ccj.doc</t>
+  </si>
+  <si>
+    <t>Projeto de lei 31-2025</t>
+  </si>
+  <si>
+    <t>2123</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/parecer_53.2025-projeto_de_lei_29-2025_ccj.doc</t>
+  </si>
+  <si>
+    <t>Projeto de lei 29-2025</t>
+  </si>
+  <si>
+    <t>2124</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/parecer_54.2025-projeto_de_lei_30-2025_ccj.doc</t>
+  </si>
+  <si>
+    <t>Projeto de lei 30-2025</t>
+  </si>
+  <si>
+    <t>2125</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/parecer_55.2025-projeto_de_lei_33-2025_ccj.doc</t>
+  </si>
+  <si>
+    <t>Projeto de lei 33-2025</t>
+  </si>
+  <si>
+    <t>2126</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/parecer_56.2025-projeto_de_lei_compl_14-2025_ccj.doc</t>
+  </si>
+  <si>
+    <t>Projeto de lei Compl 14-2025</t>
+  </si>
+  <si>
+    <t>2143</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/parecer_57.2025-projeto_de_lei_34-2025_ccj.doc</t>
+  </si>
+  <si>
+    <t>Projeto de lei 34-2025</t>
+  </si>
+  <si>
     <t>1875</t>
   </si>
   <si>
     <t>CECSA</t>
   </si>
   <si>
     <t>Comissão de Educação, Cultura, Saúde e As. Social</t>
   </si>
   <si>
     <t>Educação, Cultura, Saúde e Assistência Social</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/parecer_01.2025_projeto_de_lei_comp_04.2025.doc</t>
   </si>
   <si>
     <t>projeto de lei comp 04.2025</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/parecer_02.2025_projeto_de_lei_06.2025.doc</t>
   </si>
   <si>
     <t>projeto de lei 06.2025</t>
@@ -840,50 +993,68 @@
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/parecer_05.2025_projeto_de_lei_18.2025.doc</t>
   </si>
   <si>
     <t>projeto de lei 18.2025</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/parecer_06.2025_projeto_de_lei_24.2025.doc</t>
   </si>
   <si>
     <t>projeto de lei 24.2025</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/parecer_07.2025_projeto_de_lei_compl_13.2025.doc</t>
   </si>
   <si>
     <t>projeto de lei compl 13.2025</t>
   </si>
   <si>
+    <t>2132</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/parecer_08.2025_projeto_de_lei_compl_14.2025.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei compl 14.2025</t>
+  </si>
+  <si>
+    <t>2133</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/parecer_09.2025_projeto_de_lei_29.2025.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei 29.2025</t>
+  </si>
+  <si>
     <t>1846</t>
   </si>
   <si>
     <t>CFO</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/parecer_01.2025_projeto_de_lei_01-2025_cfo.doc</t>
   </si>
   <si>
     <t>projeto de lei 01-2025</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/parecer_02.2025_projeto_de_lei_01-2025_cm_cfo.doc</t>
   </si>
   <si>
     <t>projeto de lei 01-2025 CM</t>
@@ -1161,86 +1332,167 @@
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/parecer_34.2025_projeto_de_lei_compl_13-2025.doc</t>
   </si>
   <si>
     <t>projeto de lei compl 13-2025</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/parecer_35.2025_projeto_de_lei_27-2025.doc</t>
   </si>
   <si>
     <t>projeto de lei 27-2025</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/parecer_36.2025_projeto_de_lei_compl_12-2025.doc</t>
   </si>
   <si>
     <t>projeto de lei compl 12-2025</t>
   </si>
   <si>
+    <t>2127</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/parecer_37.2025_projeto_de_lei_28-2025.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei 28-2025</t>
+  </si>
+  <si>
+    <t>2128</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/parecer_38.2025_projeto_de_lei_31-2025.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei 31-2025</t>
+  </si>
+  <si>
+    <t>2129</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/parecer_39.2025_projeto_de_lei_29-2025.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei 29-2025</t>
+  </si>
+  <si>
+    <t>2130</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/parecer_40.2025_projeto_de_lei_30-2025.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei 30-2025</t>
+  </si>
+  <si>
+    <t>2131</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/parecer_41.2025_projeto_de_lei_compl_14-2025.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei compl 14-2025</t>
+  </si>
+  <si>
+    <t>2144</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/parecer_42.2025_projeto_de_lei_34-2025.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei 34-2025</t>
+  </si>
+  <si>
     <t>2070</t>
   </si>
   <si>
     <t>COSP</t>
   </si>
   <si>
     <t>Comissão de Obras e Serviços Públicos</t>
   </si>
   <si>
     <t>Obras e Serviços Públicos</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2070/parecer_01-2024_-_projeto_de_lei_23.2025_cop.doc</t>
   </si>
   <si>
     <t>projeto de lei 23.2025</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/parecer_02-2024_-_projeto_de_lei_compl_11.2025_cop.doc</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/parecer_03-2024_-_projeto_de_lei_compl_10.2025_cop.doc</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/parecer_04-2024_-_projeto_de_lei_compl_13.2025_cop.doc</t>
   </si>
   <si>
+    <t>2134</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/parecer_05-2024_-_projeto_de_lei_31.2025_cop.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei 31.2025</t>
+  </si>
+  <si>
+    <t>2135</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>projeto de lei 30.2025</t>
+  </si>
+  <si>
+    <t>2136</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/parecer_07-2024_-_projeto_de_lei_33.2025_cop.doc</t>
+  </si>
+  <si>
+    <t>projeto de lei 33.2025</t>
+  </si>
+  <si>
     <t>1917</t>
   </si>
   <si>
     <t>EMADI</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/emenda_aditiva_01.25_-_projeto_lc_1.2025.pdf</t>
   </si>
   <si>
     <t>emenda aditiva 01/2025</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/emenda_aditiva_02.25_-_projeto_de_resolucao_2.2025.doc</t>
   </si>
   <si>
     <t>emenda aditiva 02/2025</t>
   </si>
   <si>
     <t>2023</t>
@@ -1293,50 +1545,65 @@
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/emenda_modificativa_04.25_-_projeto_lei_16.2025.doc</t>
   </si>
   <si>
     <t>Projeto Lei 16.2025</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Lucas Fernando Sabino da Silva</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/emenda_modificativa_05.25_-_projeto_lei_compl_6.2025.doc</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/emenda_modificativa_06.25_-_projeto_lei_compl_6.2025.doc</t>
   </si>
   <si>
     <t>Emenda Modificativa 06/2025</t>
   </si>
   <si>
+    <t>2115</t>
+  </si>
+  <si>
+    <t>EMSUP</t>
+  </si>
+  <si>
+    <t>Emenda Supressiva</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2115/emenda_supressiva_01.25_-_projeto_lc_1.2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA SUPRESSIVA</t>
+  </si>
+  <si>
     <t>1856</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_01-2025_lucas_solicitando_redutores_de_velovidade_complexo_espor_vitorio.doc</t>
   </si>
   <si>
     <t>solicitando redutores de velocidade complexo espor vitorio</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_02-2025_lucas_solicitando_projeto_de_kit_lanche.doc</t>
   </si>
   <si>
     <t>solicitando projeto de kit lanche</t>
   </si>
   <si>
     <t>1858</t>
@@ -1410,50 +1677,59 @@
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_10-2025_josue_solicitando_aquisicao_de_uma_area_chacara_destinada_a_implantacao_de_moradias_no_ambito_do_programa_minha_casa_minha_vida.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO aquisição de uma área (chácara) destinada à implantação de moradias no âmbito do Programa Minha Casa Minha vida</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_11-2025_josue_solicitando_conclusao_do_asfaltamento_da_estrada_itacolomi.doc</t>
   </si>
   <si>
     <t>SOLICITANDO conclusão do asfaltamento da estrada Itacolomi</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_12-2025_josue_solicitando_ampliacao_da_premiacao_do_projeto_recolha_de_materiais_reciclaveis_nas_escolas_municipais.doc</t>
   </si>
   <si>
     <t>ampliação da premiação do projeto “Recolha de Materiais Recicláveis nas Escolas Municipais</t>
   </si>
   <si>
+    <t>2113</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/indicacao_13-2025_lucas_solicitando_distribuicao_gratuita_de_sensores_de_monitoramento_continuo_de_glicose.doc</t>
+  </si>
+  <si>
+    <t>Solicitando a Distribuição Gratuita de Sensores de Monitoramento Contínuo de Glicose</t>
+  </si>
+  <si>
     <t>1879</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/mocao_01-2025_-_josue_pesar_anetti.doc</t>
   </si>
   <si>
     <t>pesar ANETTI</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>Airton Hernandes Verussa</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/mocao_02-2025-airton_mocao_pesar_joao_silva.doc</t>
   </si>
   <si>
     <t>MOÇÃO PESAR JOAO SILVA</t>
@@ -1542,63 +1818,78 @@
   <si>
     <t>Pesar Gumercindo</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/mocao_12-2025_-_andre_pesar_ataide.doc</t>
   </si>
   <si>
     <t>PESAR ATHAYDE</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/mocao_13-2025_-_andre_adelio.doc</t>
   </si>
   <si>
     <t>Moção Adélio Leonardo da Silva</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.formosadooeste.pr.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Falecimento no dia 07 de novembro. Vilma Moya Fregulia .</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_15-2025_-_josue_pesar_raimundo.doc</t>
   </si>
   <si>
     <t>Pesar RAIMUNDO PEREIRA DA SILVA</t>
+  </si>
+  <si>
+    <t>2117</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/mocao_16-2025_-_josue_pesar_tercilia.doc</t>
+  </si>
+  <si>
+    <t>pesar Tercilia</t>
+  </si>
+  <si>
+    <t>2138</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/mocao_17-2025_-_josue_pesar_nilton.doc</t>
+  </si>
+  <si>
+    <t>pesar NILTON</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Orivaldo Municelli</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/projeto_de_lei_complementar_no_01.2025.docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 41/2018, que dispõe sobre a Estrutura Administrativa do Município de Formosa do Oeste, visando à reestruturação organizacional, ajustes funcionais relacionados ao funcionamento da administração pública municipal e dá outras providências:</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_cria_vaga_de_professor_infantil.docx</t>
   </si>
@@ -1982,50 +2273,59 @@
     <t>2108</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/projeto_de_lei_n._30-2025_-_concessao_de_uso_sanepar.docx</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder, em caráter gratuito, a Concessão de Direito Real de Uso à Companhia de Saneamento do Paraná - SANEPAR, sobre áreas de terras de domínio do Município destinadas à ampliação do Sistema de Esgotamento Sanitário, com a implantação e operação da Estação Elevatória de Esgoto – EEE 01, e dá outras providências.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/projeto_de_lei_31_-_2025.docx</t>
   </si>
   <si>
     <t>Incorpora área de terras no perímetro urbano da sede do Município de Formosa do Oeste, especificamente na Zona de Expansão de Urbanização Específica para Chácaras de Lazer - ZUECL e dá outras providências.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/projeto_de_lei_33_-_2025.docx</t>
   </si>
   <si>
     <t>Reconhece e oficializa o traçado da Estrada Municipal Araré, no Município de Formosa do Oeste, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2116</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_34-2025.docx</t>
+  </si>
+  <si>
+    <t>Ratifica a revisão geral anual dos cargos, empregos e funções do Consorcio Intermunicipal de Assistência Social do Oeste do Paraná – CIASOP, para o exercício de 2025, dá outras providencias</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>PLOCM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária CM</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/projeto_de_lei__01-2025-_cm-atualizacao_subsidios_servidores_camara.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 01/2025 CM</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/projeto_de_lei_02-25-cm_lucas_sentido_mao_unica_rua_niteroi.pdf</t>
   </si>
@@ -2517,83 +2817,110 @@
   <si>
     <t>SOLICITANDO INFORMAÇOES OBRAS PARALISADAS</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_47-2025-raimundo_buracos_na_rua.doc</t>
   </si>
   <si>
     <t>solicitando o conserto de buracos existentes na Av. Bandeirantes.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/requerimento_48-2025_-_vereadores_solicitando_cascalhamento_estrada_ipora.doc</t>
   </si>
   <si>
     <t>SOLICITANDO CASCALHAMENTO ESTRADA IPORA</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/requerimento_49-2025_-_vereadores_solicitando_manutencao_estrada_parana.doc</t>
   </si>
   <si>
     <t>VEREADORES SOLICITANDO MANUTENÇAO ESTRADA PARANA</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/requerimento_50-2025_-_lucas_solicitando_manutencao_meios_fios.doc</t>
   </si>
   <si>
     <t>SOLICITANDO MANUTENÇÃO MEIOS FIOS</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2104/requerimento_51-2025-raimundo_der__buracos_na_rodovia_.doc</t>
   </si>
   <si>
     <t>Departamento de Estradas de Rodagem – DER, solicitando providências quanto às péssimas condições da Rodovia Antônio Fregulia, que liga o Município de Formosa do Oeste ao Município de Jesuítas</t>
   </si>
   <si>
+    <t>2111</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/requerimento_52-2025_-_josue_solicitando_informacoes_dos_servicos_de_manutencao_de_veiculos_.doc</t>
+  </si>
+  <si>
+    <t>SOLICITANDO INFORMAÇOES DOS SERVICOS DE MANUTENÇAO DE VEICULOS</t>
+  </si>
+  <si>
+    <t>2112</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento_53-2025_-_raimundo_solicitando_para_arrumar_o_ponto_de_taxi.doc</t>
+  </si>
+  <si>
+    <t>solicitando que realize a ampliação, reforma e adequações no ponto de táxi</t>
+  </si>
+  <si>
+    <t>2118</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/requerimento_54-2025_-_josue_solicitando_informacoes_lago_municipal_.doc</t>
+  </si>
+  <si>
+    <t>SOLICITANDO INFORMAÇOES LAGO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>2145</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/requerimento_55-2025_-_lucas_solicitando_notificacao_empresa_rede_de_esgoto_.doc</t>
+  </si>
+  <si>
+    <t>NOTIFICAÇÃO EMPRESA REDE DE ESGOTO</t>
+  </si>
+  <si>
     <t>1945</t>
   </si>
   <si>
     <t>Moção de aplausos</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_01-2025-_miguel_aplausos_copacol_agro.doc</t>
   </si>
   <si>
     <t>copacol agro</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/mocao_02-2025-_miguel_e_luis_aplausos_comunid_aymores.doc</t>
   </si>
   <si>
     <t>comunidade aymores</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/mocao_03-2025-_lucas_aplausos_policia_civil.doc</t>
@@ -2662,50 +2989,59 @@
     <t>Projeto “Futuro Escrito à Mão – Jornada dos Pequenos Autores”</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_11-2025-mocao_de_aplauso_radio_pioneira_47_anos.doc</t>
   </si>
   <si>
     <t>Moção de aplausos a Radio Pioneira pelo seu aniversario de 47 anos.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/mocao_12-2025-mocao_de_aplausos_policia_civil.doc</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/mocao_13-2025-mocao_de_aplausos_policia_militar.doc</t>
   </si>
   <si>
     <t>aplausos policia MILITAR</t>
+  </si>
+  <si>
+    <t>2114</t>
+  </si>
+  <si>
+    <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/mocao_14-2025-_lucas_aplausos_conselho_tutelar.doc</t>
+  </si>
+  <si>
+    <t>Aplausos conselho tutelar</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>Moção de repúdio</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/mocao_01_-2025_de_repudio_apae.doc</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/mocao_02_-2025_de_repudio_correios.doc</t>
   </si>
   <si>
     <t>repudio correios</t>
   </si>
   <si>
     <t>1881</t>
   </si>
@@ -3114,56 +3450,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/camara_municipal_balancete_financeiro_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/prefeitura_municipal_balancete_financeiro_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/camara_municipal_balancete_financeiro_fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/prefeitura_municipal_balancete_financeiro_fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/camara_municipal_balancete_financeiro_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/prefeitura_municipal_balancete_financeiro_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/camara_municipal_balancete_financeiro_abril_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/prefeitura_municipal_balancete_financeiro_abril_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/camara_municipal_balancete_financeiro_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/prefeitura_municipal_balancete_financeiro_maio_2025_.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/camara_municipal_balancente_financeiro_junho_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2011/prefeitura_municipal_balancete_financeiro_junho_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/camara_municipal_balancete_financeiro_julho_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/prefeitura_municipal_balancete_financeiro_julho_2025_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/camara_municipal_balancete_financeiro_agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/prefeitura_municipal_balancete_financeiro_agosto-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/parecer_01.2025-projeto_de_lei_01-2025_ccj.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/parecer_02.2025-projeto_de_lei_01-2025_cm_ccj.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/parecer_03.2025-projeto_de_lc_01-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/parecer_04.2025-projeto_de_lc_01-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/parecer_05.2025-projeto_de_lc_02-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/parecer_06.2025-projeto_de_lc_03-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/parecer_07.2025-projeto_de_lei_03-2025ccj.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/parecer_08.2025-projeto_de_lei_02-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/parecer_09.2025-projeto_de_lei_compl_04-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/parecer_10.2025-projeto_de_lei__05-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/parecer_11.2025-projeto_de_resolucao_03-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/parecer_12.2025-projeto_de_lei_06-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/parecer_13.2025-projeto_de_lei_07-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/parecer_14.2025-projeto_de_rsolucao_01-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/parecer_15.2025-projeto_de_lei_08-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/parecer_16.2025-projeto_de_lei_09-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/parecer_17.2025-projeto_de_resolucao__04-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/parecer_18.2025-projeto_de_lei_10-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/parecer_19.2025-projeto_de_resolucao_02-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/parecer_20.2025-projeto_de_lei_11-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/parecer_21.2025-projeto_de_lei_12-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/parecer_22.2025-projeto_de_lei_13-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/parecer_23.2025-projeto_de_lei_15-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/parecer_24.2025-projeto_de_lei_compl_07-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/parecer_25.2025-projeto_de_lei_16-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/parecer_26.2025-projeto_de_lei_17-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/parecer_27.2025-projeto_de_lei_18-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/parecer_28.2025-projeto_de_lei_14-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/parecer_29.2025-projeto_de_lei_19-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/parecer_30.2025-projeto_de_lei_20-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/parecer_31.2025-projeto_de_lei_comp_05-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/parecer_32.2025-projeto_de_lei_comp_06-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/parecer_33.2025-projeto_de_lei_comp_09-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/parecer_34.2025-projeto_de_lei_comp_08-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/parecer_35.2025-emenda_modificativa_06_ao_projeto_de_lei_comp_06-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/parecer_36.2025-projeto_de_lei_21-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/parecer_37.2025-projeto_de_lei_22-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/parecer_38.2025-projeto_de_lei_24-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/parecer_39.2025-projeto_de_lei_25-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/parecer_40.2025-projeto_de_lei_26-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/parecer_41.2025-projeto_de_lei_23-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/parecer_42.2025-projeto_de_resolucao_05-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/parecer_43.2025-projeto_de_resolucao_06-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/parecer_44.2025-projeto_de_lei_compl_11-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/parecer_45.2025-projeto_de_lei_compl_10-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/parecer_46.2025-projeto_de_lei_compl_13-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/parecer_47.2025-projeto_de_lei_27-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/parecer_48.2025-projeto_de_lei_compl_12-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/parecer_01.2025_projeto_de_lei_comp_04.2025.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/parecer_02.2025_projeto_de_lei_06.2025.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/parecer_03.2025_projeto_de_lei_08.2025.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/parecer_04.2025_projeto_de_lei_13.2025.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/parecer_05.2025_projeto_de_lei_18.2025.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/parecer_06.2025_projeto_de_lei_24.2025.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/parecer_07.2025_projeto_de_lei_compl_13.2025.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/parecer_01.2025_projeto_de_lei_01-2025_cfo.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/parecer_02.2025_projeto_de_lei_01-2025_cm_cfo.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/parecer_03.2025_projeto_de_lc_01-2025.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/parecer_04.2025_projeto_de_lc_02-2025_-.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/parecer_05.2025_projeto_de_lc_03-2025.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/parecer_06.2025_projeto_de_lei_03-2025.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/parecer_07.2025_projeto_de_lei_02-2025.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/parecer_08.2025_projeto_de_lei_comp_04-2025.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/parecer_09.2025_projeto_de_lei_05-2025.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/parecer_10.2025_projeto_de_resolucao_03-2025.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/parecer_11.2025_projeto_de_lei_06-2025.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/parecer_12.2025_projeto_de_lei_07-2025.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/parecer_13.2025_projeto_de_lei_08-2025.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/parecer_14.2025_projeto_de_lei_09-2025.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/parecer_15.2025_projeto_de_lei_10-2025.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/parecer_16.2025_projeto_de_lei_11-2025.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/parecer_17.2025_projeto_de_lei_12-2025.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_18.2025_projeto_de_lei_13-2025.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/parecer_19.2025_projeto_de_lei_15-2025.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/parecer_20.2025_projeto_de_lei_16-2025.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/parecer_21.2025_projeto_de_lei_18-2025.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/parecer_22.2025_projeto_de_lei_14-2025.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/parecer_23.2025_projeto_de_lei_19-2025.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/parecer_24.2025_projeto_de_lei_20-2025.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/parecer_25.2025_projeto_de_lei_09-2025.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/parecer_26.2025_projeto_de_lei_08-2025.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/parecer_27.2025_projeto_de_lei_22-2025.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2052/parecer_28.2025_projeto_de_lei_25-2025.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/parecer_29.2025_projeto_de_lei_26-2025.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/parecer_30.2025_projeto_de_lei_23-2025.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/parecer_31.2025_projeto_de_resolucao_05-2025.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/parecer_32.2025_projeto_de_lei_compl_11-2025.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/parecer_33.2025_projeto_de_lei_compl_10-2025.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/parecer_34.2025_projeto_de_lei_compl_13-2025.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/parecer_35.2025_projeto_de_lei_27-2025.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/parecer_36.2025_projeto_de_lei_compl_12-2025.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2070/parecer_01-2024_-_projeto_de_lei_23.2025_cop.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/parecer_02-2024_-_projeto_de_lei_compl_11.2025_cop.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/parecer_03-2024_-_projeto_de_lei_compl_10.2025_cop.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/parecer_04-2024_-_projeto_de_lei_compl_13.2025_cop.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/emenda_aditiva_01.25_-_projeto_lc_1.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/emenda_aditiva_02.25_-_projeto_de_resolucao_2.2025.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/emenda_aditiva_03.25_-_projeto_de_lei_compl_6.2025.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/emenda_modificativa_01.25_-_projeto_lc_1.2025.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/emenda_modificativa_02.25_-_projeto_lc_1.2025.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/emenda_modificativa_03.25_-_projeto_lei_13.2025.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/emenda_modificativa_04.25_-_projeto_lei_16.2025.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/emenda_modificativa_05.25_-_projeto_lei_compl_6.2025.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/emenda_modificativa_06.25_-_projeto_lei_compl_6.2025.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_01-2025_lucas_solicitando_redutores_de_velovidade_complexo_espor_vitorio.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_02-2025_lucas_solicitando_projeto_de_kit_lanche.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_03-2025_lucas_reparos_no_caminhao_de_lixo.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_04-2025_lucas_bloqueio_da_praca.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_05-2025_josue_solicitando_que_divide_as_ferias_dos_servidores.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_06-2025_andre_solicitando_manutencao_das_academias_ao_ar_livre_.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_07-2025_andre_solicitando_mapeamento_de_todo_municipio_vias_urbana_e_rurais_.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_08-2025_andre_solicitando_imagem_de_santo_antonio_saida_para_quarto_cent.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_09-2025_andre_fecha_praca_aos_domingos.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_10-2025_josue_solicitando_aquisicao_de_uma_area_chacara_destinada_a_implantacao_de_moradias_no_ambito_do_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_11-2025_josue_solicitando_conclusao_do_asfaltamento_da_estrada_itacolomi.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_12-2025_josue_solicitando_ampliacao_da_premiacao_do_projeto_recolha_de_materiais_reciclaveis_nas_escolas_municipais.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/mocao_01-2025_-_josue_pesar_anetti.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/mocao_02-2025-airton_mocao_pesar_joao_silva.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/mocao_03-2025_-_josue_pesar_dolores.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/mocao_04-2025_-_josue_pesar_aparecido_toti.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/mocao_05-2025_-_josue_pesar_sergio_gargantini.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/mocao_06-2025_-_airton_pesar_joao_da_saude.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/mocao_07-2025-raimundo.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/mocao_08-2025_-_josue_pesar_jose_vaz.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/mocao_09-2025_-_josue_pesar_joao_leonel.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/mocao_10-2025_-_josue_pesar_gabriel.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/mocao_11-2025-_andre_curuca_gumercindo.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/mocao_12-2025_-_andre_pesar_ataide.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/mocao_13-2025_-_andre_adelio.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_15-2025_-_josue_pesar_raimundo.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/projeto_de_lei_complementar_no_01.2025.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_cria_vaga_de_professor_infantil.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/projeto_de_lei_cria_vaga_oficial_administrativo_e_ace.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/plc_no_04_cria_cargo_e_vaga_de_medico_40_horas_.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/projeto_de_lei_complementar_05-2025_-_zona_de_urbanizacao_especifica_para_chacaras_de_lazer.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/projeto_de_lei_complementar_06-2025_-_loteamentos_chacara_de_lazer.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/plc_no_07-2025_extingue_cargo_de_zedora.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/plc_no_08_cria_cargo_e_vaga_contratacao_temporaria.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_de_lei_complementar_no_09.2025.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_lc_10.2025_-_altera_a_lei_complementar_n_79.2023_delimitacao_do_perimetro_urbano_do_municipio_de_formosa_do_oeste.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/projet1.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/projeto_de_lei_complementar_no_12-2025_-_itbi_urbano.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/projeto_de_lei_complementar_no_13-2025_issqn.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/projeto_de_lei_complementar_no_14.2025.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/projeto_01.2025_-_recomposicao_salarial_servidores_2025.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/projeto_de_lei_contribuicao_cnm.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/projeto_de_lei_no_04-2025_-_concessao_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/projeto_de_lei_no_05-2025_-_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/pl_-_ratifica_protocolo_de_intencoes_ciedepar.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_lei__nr._07-2025_credito_especial_convenio_apae.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/projeto_de_lei_no_11-2025_-_alteracao_lei_926-2019.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/projeto_de_lei__nr._09-2025_credito_especial_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei__nr_10-2025_credito_especial_camara_municipal.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/projeto_de_lei__nr.11-2025_consorcio_publico_ciasop.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/projeto_de_lei_no_12-2025_sobreaviso_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/projeto_de_lei_no_13-2025_-_sistema_municipal_de_cultura.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/projeto_ppa_2026-2029.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/projeto_de_lei_n_16_2025.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/projeto_de_lei_17-2025_.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_no_18_-_concessao_kit_lanche_1.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/projeto_de_lei_lei_19-2025_ldo_2026_formosa.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/pl_n._20-2025_-_dia_do_servidor_publico.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/pl_21-2025-_altara_lei_1.100.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2037/projeto_de_lei_nr._22__loa_2026_oficial.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/projeto_de_lei_23-2025.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/projeto_de_lei_no_24-2025.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/projeto_de_lei_no_25-2025.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/projeto_de_lei_26-2025_-_cesta_de_natal.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/projeto_de_lei_27-2025_-_fixa_valor_minimo_execucao_fiscal.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/pl_28-2025.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_29-2025.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/projeto_de_lei_n._30-2025_-_concessao_de_uso_sanepar.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/projeto_de_lei_31_-_2025.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/projeto_de_lei_33_-_2025.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/projeto_de_lei__01-2025-_cm-atualizacao_subsidios_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/projeto_de_lei_02-25-cm_lucas_sentido_mao_unica_rua_niteroi.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_03-25-denomina_avelino_cecatto_o_parque_industrial.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_04-25-cm_andre_avenida_nivaldo_sirico3.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/2_2025_revoga_artigo_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/projeto_de_resolucao_04-2025_airton_-_horario_das_sessoes_ordinaria.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/projeto_de_resolucao_criacao_de_procuradoria_da_mulher_valeria-_05-2025.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/projeto_de_resolucao_no_06.2025-_cestas_de_natal.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/requerimento-02-2025_josue_show_rural.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/requerimento-03-2025_ccj_retirada_e_arquivamento.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/requerimento_04-2025_-_lucas_para_copel.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/requerimento_05-2025_-_raimundo_der.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/requerimento_06-2025_-_raimundo_lombada_entre_formosa_e_bela_vista.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/requerimento_07-2025_-_josue_compra_de_racao_animais_de_rua.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/requerimento_09-2025-raimundo_instalacao_de_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/requerimento-10-2025-lucas_solicitando_instacao_pontos_de_onibus.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/requerimento-11-2025-valeria_solicitando_uma_caixa_com_medicamentos_no_instituto_santa_isabel.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/requerimento_12-2025_-_josue_manutencao_estrada_colorado.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/requerimento_13-2025_-_josue_escola_birigui.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento-14-2025-lucas_solicitando_a_criacao_de_um_parque_criancas_autistas.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/requerimento_15-2025_-_josue_escola_bela_vista_e_aymores.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/requerimento-16-2025-valeria_solicitando_prestacao_de_contas_do_instituto_santa_isabel.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/requerimento-17-2025-lucas_solicitando_retirada_de_projeto.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/requerimento-18-2025-lucas_solicitando_implementacao_mao_unica_escola_nilza.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1924/requerimento_19-2025_-_josue_estrada_itacolomi.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/requerimento-20-2025-miguel_tapa_buraco_prox._posto_dois_pinheiros.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/requerimento_21-2025_-_airton_estacionamento_rodoviaria.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/requerimento_22-2025-raimundo_transporte_escolar_loteamentos.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/requerimento_23-2025-raimundo_cobertura_em_frente_ao_detran.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/requerimento_24-2025_-_josue_estrada_itacolomi.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_25-2025_-_airton_placas_de_sinalizacao_nas_ruas_e_bairros.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/requerimento_26-2025_-_airton_placas_de_sinalizacao_em_frente_ao_instituto_santa_isabel.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento-27-2025-lucas_solicitando_a_instalacao_de_redutores_nos_loteamentos.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_28-2025_-_josue_informacoes_de_emendas_pix.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/requerimento-29-2025-lucas_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/requerimento-30-2025-laudenor_quadra_bela_vista.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/requerimento_31-2025_-_airton_instalacao_de_vasos_nas_esquinas.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/requerimento-32-2025-lucas_obra_da_ubs.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/requerimento-33-2025-lucas_obra_casa_da_cultura.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/requerimento-34.2025_-_josue1.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/requerimento_35-2025_-_josue_solicitando_um_carro_para_os_vigias.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/requerimento_36-2025_-_josue_para_ministra_gleisi_hoffman_solicitando_recursos.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/requerimento_37-2025_-_josue_para_ministra_gleisi_hoffman_solicitando_recursos.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/requerimento_38-2025_-_airton_instalacao_de_gaiolas_para_coleta_de_lixos_reciclaves.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/requerimento-39_correios_vereadores.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/requerimento_40-2025_-_valeria_reiterando_requerimento_sobre_caixa_de_medicamentos.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/requerimento_41-2025_-_josue_solicitando_providencias_sobre_os_veiculos_abandonados_.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/requerimento_42-2025_-_lucas_ao_der_.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/requerimento_43-2025_-_josue_solicitando_providencias_na_rodoviaria.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/requerimento-44-2025-lucas_reducao_de_fila_neuro.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_45-2025_-_josue_solicitando_demandas_sobre_o_pac.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/requerimento_46-2025_-_josue_solicitando_informacoes_obras_paralisadas.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_47-2025-raimundo_buracos_na_rua.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/requerimento_48-2025_-_vereadores_solicitando_cascalhamento_estrada_ipora.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/requerimento_49-2025_-_vereadores_solicitando_manutencao_estrada_parana.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/requerimento_50-2025_-_lucas_solicitando_manutencao_meios_fios.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2104/requerimento_51-2025-raimundo_der__buracos_na_rodovia_.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_01-2025-_miguel_aplausos_copacol_agro.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/mocao_02-2025-_miguel_e_luis_aplausos_comunid_aymores.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/mocao_03-2025-_lucas_aplausos_policia_civil.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/mocao_04-2025-_miguel_aplausos_sicoob_20_anos.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/mocao_05-2025-_raimundo_mocao_de_aplausos_ratinho.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/mocao_06-2025-_josue_aplausos_time_futebol.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/mocao_07-2025-mocao_de_aplauso_secretaria_do_esporte.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/mocao_08-2025-mocao_de_aplauso_secretaria_da_cultura.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/mocao_09-2025-_miguel_aplausos_alop.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_11-2025-mocao_de_aplauso_radio_pioneira_47_anos.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/mocao_12-2025-mocao_de_aplausos_policia_civil.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/mocao_13-2025-mocao_de_aplausos_policia_militar.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/mocao_01_-2025_de_repudio_apae.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/mocao_02_-2025_de_repudio_correios.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/edital_01-2025_-_convocacao_extraordinaria.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/edital_02-2025_-_convocacao_extraordinaria.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1883/edital_03-2025_-_convocacao_extraordinaria_.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/edital_04.2025_-_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/edital_05.2025_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/edital_06.2025_-_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/edital_07.2025_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/subemenda_a_emenda_modificativa_04-2025_projeto_lei_16.2025.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/camara_municipal_balancete_financeiro_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/prefeitura_municipal_balancete_financeiro_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/camara_municipal_balancete_financeiro_fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/prefeitura_municipal_balancete_financeiro_fevereiro_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/camara_municipal_balancete_financeiro_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/prefeitura_municipal_balancete_financeiro_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/camara_municipal_balancete_financeiro_abril_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/prefeitura_municipal_balancete_financeiro_abril_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/camara_municipal_balancete_financeiro_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/prefeitura_municipal_balancete_financeiro_maio_2025_.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/camara_municipal_balancente_financeiro_junho_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2011/prefeitura_municipal_balancete_financeiro_junho_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/camara_municipal_balancete_financeiro_julho_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/prefeitura_municipal_balancete_financeiro_julho_2025_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/camara_municipal_balancete_financeiro_agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/prefeitura_municipal_balancete_financeiro_agosto-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/camara_municipal_balancete_financeiro_setembro_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/prefeitura_municipal_balancete_financeiro_setembro_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/camara_municipal_balancete_financeiro_outubro_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/prefeitura_municipal_balancete_financeiro_outubro_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/camara_municipal_balncete_financeiro_novembro_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/parecer_01.2025-projeto_de_lei_01-2025_ccj.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/parecer_02.2025-projeto_de_lei_01-2025_cm_ccj.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/parecer_03.2025-projeto_de_lc_01-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/parecer_04.2025-projeto_de_lc_01-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/parecer_05.2025-projeto_de_lc_02-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/parecer_06.2025-projeto_de_lc_03-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/parecer_07.2025-projeto_de_lei_03-2025ccj.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/parecer_08.2025-projeto_de_lei_02-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/parecer_09.2025-projeto_de_lei_compl_04-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/parecer_10.2025-projeto_de_lei__05-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/parecer_11.2025-projeto_de_resolucao_03-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/parecer_12.2025-projeto_de_lei_06-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/parecer_13.2025-projeto_de_lei_07-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/parecer_14.2025-projeto_de_rsolucao_01-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/parecer_15.2025-projeto_de_lei_08-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/parecer_16.2025-projeto_de_lei_09-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/parecer_17.2025-projeto_de_resolucao__04-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/parecer_18.2025-projeto_de_lei_10-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/parecer_19.2025-projeto_de_resolucao_02-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/parecer_20.2025-projeto_de_lei_11-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/parecer_21.2025-projeto_de_lei_12-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/parecer_22.2025-projeto_de_lei_13-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/parecer_23.2025-projeto_de_lei_15-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/parecer_24.2025-projeto_de_lei_compl_07-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/parecer_25.2025-projeto_de_lei_16-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/parecer_26.2025-projeto_de_lei_17-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/parecer_27.2025-projeto_de_lei_18-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/parecer_28.2025-projeto_de_lei_14-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/parecer_29.2025-projeto_de_lei_19-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/parecer_30.2025-projeto_de_lei_20-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/parecer_31.2025-projeto_de_lei_comp_05-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/parecer_32.2025-projeto_de_lei_comp_06-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/parecer_33.2025-projeto_de_lei_comp_09-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/parecer_34.2025-projeto_de_lei_comp_08-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/parecer_35.2025-emenda_modificativa_06_ao_projeto_de_lei_comp_06-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/parecer_36.2025-projeto_de_lei_21-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/parecer_37.2025-projeto_de_lei_22-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/parecer_38.2025-projeto_de_lei_24-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/parecer_39.2025-projeto_de_lei_25-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/parecer_40.2025-projeto_de_lei_26-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/parecer_41.2025-projeto_de_lei_23-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/parecer_42.2025-projeto_de_resolucao_05-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/parecer_43.2025-projeto_de_resolucao_06-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/parecer_44.2025-projeto_de_lei_compl_11-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/parecer_45.2025-projeto_de_lei_compl_10-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/parecer_46.2025-projeto_de_lei_compl_13-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/parecer_47.2025-projeto_de_lei_27-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/parecer_48.2025-projeto_de_lei_compl_12-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/parecer_49.2025-projeto_de_lei_28-2025__ccj.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/parecer_50.2025-projeto_de_lei_03-2025-cm__ccj.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/parecer_51.2025-projeto_de_lei_04-2025-cm__ccj.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/parecer_52.2025-projeto_de_lei_31-2025_ccj.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/parecer_53.2025-projeto_de_lei_29-2025_ccj.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/parecer_54.2025-projeto_de_lei_30-2025_ccj.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/parecer_55.2025-projeto_de_lei_33-2025_ccj.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/parecer_56.2025-projeto_de_lei_compl_14-2025_ccj.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/parecer_57.2025-projeto_de_lei_34-2025_ccj.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/parecer_01.2025_projeto_de_lei_comp_04.2025.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/parecer_02.2025_projeto_de_lei_06.2025.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/parecer_03.2025_projeto_de_lei_08.2025.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/parecer_04.2025_projeto_de_lei_13.2025.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/parecer_05.2025_projeto_de_lei_18.2025.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/parecer_06.2025_projeto_de_lei_24.2025.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/parecer_07.2025_projeto_de_lei_compl_13.2025.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/parecer_08.2025_projeto_de_lei_compl_14.2025.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/parecer_09.2025_projeto_de_lei_29.2025.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/parecer_01.2025_projeto_de_lei_01-2025_cfo.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/parecer_02.2025_projeto_de_lei_01-2025_cm_cfo.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/parecer_03.2025_projeto_de_lc_01-2025.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/parecer_04.2025_projeto_de_lc_02-2025_-.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/parecer_05.2025_projeto_de_lc_03-2025.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/parecer_06.2025_projeto_de_lei_03-2025.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/parecer_07.2025_projeto_de_lei_02-2025.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/parecer_08.2025_projeto_de_lei_comp_04-2025.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/parecer_09.2025_projeto_de_lei_05-2025.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/parecer_10.2025_projeto_de_resolucao_03-2025.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/parecer_11.2025_projeto_de_lei_06-2025.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/parecer_12.2025_projeto_de_lei_07-2025.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/parecer_13.2025_projeto_de_lei_08-2025.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/parecer_14.2025_projeto_de_lei_09-2025.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/parecer_15.2025_projeto_de_lei_10-2025.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/parecer_16.2025_projeto_de_lei_11-2025.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/parecer_17.2025_projeto_de_lei_12-2025.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/parecer_18.2025_projeto_de_lei_13-2025.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/parecer_19.2025_projeto_de_lei_15-2025.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/parecer_20.2025_projeto_de_lei_16-2025.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/parecer_21.2025_projeto_de_lei_18-2025.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/parecer_22.2025_projeto_de_lei_14-2025.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/parecer_23.2025_projeto_de_lei_19-2025.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/parecer_24.2025_projeto_de_lei_20-2025.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/parecer_25.2025_projeto_de_lei_09-2025.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/parecer_26.2025_projeto_de_lei_08-2025.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/parecer_27.2025_projeto_de_lei_22-2025.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2052/parecer_28.2025_projeto_de_lei_25-2025.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/parecer_29.2025_projeto_de_lei_26-2025.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/parecer_30.2025_projeto_de_lei_23-2025.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/parecer_31.2025_projeto_de_resolucao_05-2025.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/parecer_32.2025_projeto_de_lei_compl_11-2025.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/parecer_33.2025_projeto_de_lei_compl_10-2025.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/parecer_34.2025_projeto_de_lei_compl_13-2025.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/parecer_35.2025_projeto_de_lei_27-2025.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/parecer_36.2025_projeto_de_lei_compl_12-2025.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/parecer_37.2025_projeto_de_lei_28-2025.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/parecer_38.2025_projeto_de_lei_31-2025.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/parecer_39.2025_projeto_de_lei_29-2025.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/parecer_40.2025_projeto_de_lei_30-2025.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/parecer_41.2025_projeto_de_lei_compl_14-2025.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/parecer_42.2025_projeto_de_lei_34-2025.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2070/parecer_01-2024_-_projeto_de_lei_23.2025_cop.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/parecer_02-2024_-_projeto_de_lei_compl_11.2025_cop.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/parecer_03-2024_-_projeto_de_lei_compl_10.2025_cop.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/parecer_04-2024_-_projeto_de_lei_compl_13.2025_cop.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/parecer_05-2024_-_projeto_de_lei_31.2025_cop.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/parecer_07-2024_-_projeto_de_lei_33.2025_cop.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/emenda_aditiva_01.25_-_projeto_lc_1.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/emenda_aditiva_02.25_-_projeto_de_resolucao_2.2025.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/emenda_aditiva_03.25_-_projeto_de_lei_compl_6.2025.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/emenda_modificativa_01.25_-_projeto_lc_1.2025.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/emenda_modificativa_02.25_-_projeto_lc_1.2025.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/emenda_modificativa_03.25_-_projeto_lei_13.2025.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/emenda_modificativa_04.25_-_projeto_lei_16.2025.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/emenda_modificativa_05.25_-_projeto_lei_compl_6.2025.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/emenda_modificativa_06.25_-_projeto_lei_compl_6.2025.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2115/emenda_supressiva_01.25_-_projeto_lc_1.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_01-2025_lucas_solicitando_redutores_de_velovidade_complexo_espor_vitorio.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_02-2025_lucas_solicitando_projeto_de_kit_lanche.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_03-2025_lucas_reparos_no_caminhao_de_lixo.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_04-2025_lucas_bloqueio_da_praca.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_05-2025_josue_solicitando_que_divide_as_ferias_dos_servidores.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_06-2025_andre_solicitando_manutencao_das_academias_ao_ar_livre_.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_07-2025_andre_solicitando_mapeamento_de_todo_municipio_vias_urbana_e_rurais_.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_08-2025_andre_solicitando_imagem_de_santo_antonio_saida_para_quarto_cent.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_09-2025_andre_fecha_praca_aos_domingos.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_10-2025_josue_solicitando_aquisicao_de_uma_area_chacara_destinada_a_implantacao_de_moradias_no_ambito_do_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_11-2025_josue_solicitando_conclusao_do_asfaltamento_da_estrada_itacolomi.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_12-2025_josue_solicitando_ampliacao_da_premiacao_do_projeto_recolha_de_materiais_reciclaveis_nas_escolas_municipais.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/indicacao_13-2025_lucas_solicitando_distribuicao_gratuita_de_sensores_de_monitoramento_continuo_de_glicose.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/mocao_01-2025_-_josue_pesar_anetti.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/mocao_02-2025-airton_mocao_pesar_joao_silva.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/mocao_03-2025_-_josue_pesar_dolores.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/mocao_04-2025_-_josue_pesar_aparecido_toti.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/mocao_05-2025_-_josue_pesar_sergio_gargantini.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/mocao_06-2025_-_airton_pesar_joao_da_saude.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/mocao_07-2025-raimundo.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/mocao_08-2025_-_josue_pesar_jose_vaz.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/mocao_09-2025_-_josue_pesar_joao_leonel.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/mocao_10-2025_-_josue_pesar_gabriel.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/mocao_11-2025-_andre_curuca_gumercindo.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/mocao_12-2025_-_andre_pesar_ataide.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/mocao_13-2025_-_andre_adelio.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_15-2025_-_josue_pesar_raimundo.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/mocao_16-2025_-_josue_pesar_tercilia.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/mocao_17-2025_-_josue_pesar_nilton.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/projeto_de_lei_complementar_no_01.2025.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/projeto_de_lei_cria_vaga_de_professor_infantil.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/projeto_de_lei_cria_vaga_oficial_administrativo_e_ace.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/plc_no_04_cria_cargo_e_vaga_de_medico_40_horas_.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/projeto_de_lei_complementar_05-2025_-_zona_de_urbanizacao_especifica_para_chacaras_de_lazer.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/projeto_de_lei_complementar_06-2025_-_loteamentos_chacara_de_lazer.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/plc_no_07-2025_extingue_cargo_de_zedora.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/plc_no_08_cria_cargo_e_vaga_contratacao_temporaria.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_de_lei_complementar_no_09.2025.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_lc_10.2025_-_altera_a_lei_complementar_n_79.2023_delimitacao_do_perimetro_urbano_do_municipio_de_formosa_do_oeste.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/projet1.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/projeto_de_lei_complementar_no_12-2025_-_itbi_urbano.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/projeto_de_lei_complementar_no_13-2025_issqn.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/projeto_de_lei_complementar_no_14.2025.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/projeto_01.2025_-_recomposicao_salarial_servidores_2025.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/projeto_de_lei_contribuicao_cnm.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/projeto_de_lei_no_04-2025_-_concessao_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/projeto_de_lei_no_05-2025_-_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/pl_-_ratifica_protocolo_de_intencoes_ciedepar.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_lei__nr._07-2025_credito_especial_convenio_apae.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/projeto_de_lei_no_11-2025_-_alteracao_lei_926-2019.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/projeto_de_lei__nr._09-2025_credito_especial_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei__nr_10-2025_credito_especial_camara_municipal.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/projeto_de_lei__nr.11-2025_consorcio_publico_ciasop.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/projeto_de_lei_no_12-2025_sobreaviso_conselho_tutelar.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/projeto_de_lei_no_13-2025_-_sistema_municipal_de_cultura.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/projeto_ppa_2026-2029.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/projeto_de_lei.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/projeto_de_lei_n_16_2025.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/projeto_de_lei_17-2025_.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_no_18_-_concessao_kit_lanche_1.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/projeto_de_lei_lei_19-2025_ldo_2026_formosa.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/pl_n._20-2025_-_dia_do_servidor_publico.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/pl_21-2025-_altara_lei_1.100.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2037/projeto_de_lei_nr._22__loa_2026_oficial.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/projeto_de_lei_23-2025.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/projeto_de_lei_no_24-2025.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/projeto_de_lei_no_25-2025.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/projeto_de_lei_26-2025_-_cesta_de_natal.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/projeto_de_lei_27-2025_-_fixa_valor_minimo_execucao_fiscal.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/pl_28-2025.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_29-2025.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/projeto_de_lei_n._30-2025_-_concessao_de_uso_sanepar.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/projeto_de_lei_31_-_2025.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/projeto_de_lei_33_-_2025.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_34-2025.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/projeto_de_lei__01-2025-_cm-atualizacao_subsidios_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/projeto_de_lei_02-25-cm_lucas_sentido_mao_unica_rua_niteroi.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_03-25-denomina_avelino_cecatto_o_parque_industrial.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_04-25-cm_andre_avenida_nivaldo_sirico3.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/2_2025_revoga_artigo_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/projeto_de_resolucao_04-2025_airton_-_horario_das_sessoes_ordinaria.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/projeto_de_resolucao_criacao_de_procuradoria_da_mulher_valeria-_05-2025.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/projeto_de_resolucao_no_06.2025-_cestas_de_natal.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/requerimento-02-2025_josue_show_rural.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/requerimento-03-2025_ccj_retirada_e_arquivamento.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/requerimento_04-2025_-_lucas_para_copel.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/requerimento_05-2025_-_raimundo_der.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/requerimento_06-2025_-_raimundo_lombada_entre_formosa_e_bela_vista.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/requerimento_07-2025_-_josue_compra_de_racao_animais_de_rua.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/requerimento_09-2025-raimundo_instalacao_de_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/requerimento-10-2025-lucas_solicitando_instacao_pontos_de_onibus.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/requerimento-11-2025-valeria_solicitando_uma_caixa_com_medicamentos_no_instituto_santa_isabel.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/requerimento_12-2025_-_josue_manutencao_estrada_colorado.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/requerimento_13-2025_-_josue_escola_birigui.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento-14-2025-lucas_solicitando_a_criacao_de_um_parque_criancas_autistas.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/requerimento_15-2025_-_josue_escola_bela_vista_e_aymores.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/requerimento-16-2025-valeria_solicitando_prestacao_de_contas_do_instituto_santa_isabel.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/requerimento-17-2025-lucas_solicitando_retirada_de_projeto.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/requerimento-18-2025-lucas_solicitando_implementacao_mao_unica_escola_nilza.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1924/requerimento_19-2025_-_josue_estrada_itacolomi.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/requerimento-20-2025-miguel_tapa_buraco_prox._posto_dois_pinheiros.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/requerimento_21-2025_-_airton_estacionamento_rodoviaria.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/requerimento_22-2025-raimundo_transporte_escolar_loteamentos.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/requerimento_23-2025-raimundo_cobertura_em_frente_ao_detran.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/requerimento_24-2025_-_josue_estrada_itacolomi.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_25-2025_-_airton_placas_de_sinalizacao_nas_ruas_e_bairros.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/requerimento_26-2025_-_airton_placas_de_sinalizacao_em_frente_ao_instituto_santa_isabel.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento-27-2025-lucas_solicitando_a_instalacao_de_redutores_nos_loteamentos.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_28-2025_-_josue_informacoes_de_emendas_pix.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/requerimento-29-2025-lucas_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/requerimento-30-2025-laudenor_quadra_bela_vista.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/requerimento_31-2025_-_airton_instalacao_de_vasos_nas_esquinas.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/requerimento-32-2025-lucas_obra_da_ubs.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/requerimento-33-2025-lucas_obra_casa_da_cultura.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/requerimento-34.2025_-_josue1.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/requerimento_35-2025_-_josue_solicitando_um_carro_para_os_vigias.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/requerimento_36-2025_-_josue_para_ministra_gleisi_hoffman_solicitando_recursos.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/requerimento_37-2025_-_josue_para_ministra_gleisi_hoffman_solicitando_recursos.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/requerimento_38-2025_-_airton_instalacao_de_gaiolas_para_coleta_de_lixos_reciclaves.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/requerimento-39_correios_vereadores.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/requerimento_40-2025_-_valeria_reiterando_requerimento_sobre_caixa_de_medicamentos.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/requerimento_41-2025_-_josue_solicitando_providencias_sobre_os_veiculos_abandonados_.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/requerimento_42-2025_-_lucas_ao_der_.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/requerimento_43-2025_-_josue_solicitando_providencias_na_rodoviaria.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/requerimento-44-2025-lucas_reducao_de_fila_neuro.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_45-2025_-_josue_solicitando_demandas_sobre_o_pac.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/requerimento_46-2025_-_josue_solicitando_informacoes_obras_paralisadas.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_47-2025-raimundo_buracos_na_rua.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/requerimento_48-2025_-_vereadores_solicitando_cascalhamento_estrada_ipora.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/requerimento_49-2025_-_vereadores_solicitando_manutencao_estrada_parana.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/requerimento_50-2025_-_lucas_solicitando_manutencao_meios_fios.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2104/requerimento_51-2025-raimundo_der__buracos_na_rodovia_.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/requerimento_52-2025_-_josue_solicitando_informacoes_dos_servicos_de_manutencao_de_veiculos_.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento_53-2025_-_raimundo_solicitando_para_arrumar_o_ponto_de_taxi.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/requerimento_54-2025_-_josue_solicitando_informacoes_lago_municipal_.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/requerimento_55-2025_-_lucas_solicitando_notificacao_empresa_rede_de_esgoto_.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/mocao_01-2025-_miguel_aplausos_copacol_agro.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/mocao_02-2025-_miguel_e_luis_aplausos_comunid_aymores.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/mocao_03-2025-_lucas_aplausos_policia_civil.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/mocao_04-2025-_miguel_aplausos_sicoob_20_anos.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/mocao_05-2025-_raimundo_mocao_de_aplausos_ratinho.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/mocao_06-2025-_josue_aplausos_time_futebol.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/mocao_07-2025-mocao_de_aplauso_secretaria_do_esporte.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/mocao_08-2025-mocao_de_aplauso_secretaria_da_cultura.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/mocao_09-2025-_miguel_aplausos_alop.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_11-2025-mocao_de_aplauso_radio_pioneira_47_anos.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/mocao_12-2025-mocao_de_aplausos_policia_civil.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/mocao_13-2025-mocao_de_aplausos_policia_militar.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/mocao_14-2025-_lucas_aplausos_conselho_tutelar.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/mocao_01_-2025_de_repudio_apae.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/mocao_02_-2025_de_repudio_correios.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/edital_01-2025_-_convocacao_extraordinaria.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/edital_02-2025_-_convocacao_extraordinaria.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1883/edital_03-2025_-_convocacao_extraordinaria_.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/edital_04.2025_-_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/edital_05.2025_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/edital_06.2025_-_audiencia_publica.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/edital_07.2025_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formosadooeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/subemenda_a_emenda_modificativa_04-2025_projeto_lei_16.2025.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H277"/>
+  <dimension ref="A1:H312"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="227" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3536,6740 +3872,7635 @@
       </c>
       <c r="C17" t="s">
         <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="F18" t="s">
+      <c r="H18" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B19" t="s">
-[...14 lines deleted...]
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>84</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H20" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="D21" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H21" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="H22" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E23" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F23" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="H23" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="D24" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E24" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F24" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H24" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>96</v>
+      </c>
+      <c r="E25" t="s">
+        <v>97</v>
+      </c>
+      <c r="F25" t="s">
         <v>98</v>
       </c>
-      <c r="B25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G25" s="1" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="H25" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E26" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F26" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="H26" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E27" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F27" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H27" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E28" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F28" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="H28" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="D29" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E29" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F29" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H29" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D30" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E30" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F30" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="H30" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="D31" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E31" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F31" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="H31" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="D32" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E32" t="s">
-        <v>77</v>
+        <v>97</v>
+      </c>
+      <c r="F32" t="s">
+        <v>98</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H32" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="D33" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E33" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F33" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H33" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>126</v>
+        <v>56</v>
       </c>
       <c r="D34" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E34" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F34" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H34" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>130</v>
+        <v>60</v>
       </c>
       <c r="D35" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E35" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F35" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="H35" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>134</v>
+        <v>64</v>
       </c>
       <c r="D36" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E36" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F36" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H36" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>138</v>
+        <v>68</v>
       </c>
       <c r="D37" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E37" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H37" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>142</v>
+        <v>72</v>
       </c>
       <c r="D38" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E38" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F38" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>143</v>
       </c>
       <c r="H38" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>145</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
+        <v>76</v>
+      </c>
+      <c r="D39" t="s">
+        <v>96</v>
+      </c>
+      <c r="E39" t="s">
+        <v>97</v>
+      </c>
+      <c r="F39" t="s">
+        <v>98</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>148</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>80</v>
+      </c>
+      <c r="D40" t="s">
+        <v>96</v>
+      </c>
+      <c r="E40" t="s">
+        <v>97</v>
+      </c>
+      <c r="F40" t="s">
+        <v>98</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="H40" t="s">
         <v>150</v>
-      </c>
-[...13 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>151</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>84</v>
+      </c>
+      <c r="D41" t="s">
+        <v>96</v>
+      </c>
+      <c r="E41" t="s">
+        <v>97</v>
+      </c>
+      <c r="F41" t="s">
+        <v>98</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H41" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="D42" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E42" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F42" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H42" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>162</v>
+        <v>92</v>
       </c>
       <c r="D43" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E43" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F43" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="H43" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="D44" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E44" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F44" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H44" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="D45" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E45" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F45" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="H45" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="D46" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E46" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F46" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="H46" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D47" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E47" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F47" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="H47" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D48" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E48" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F48" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="H48" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D49" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E49" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F49" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H49" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="D50" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E50" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F50" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="H50" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D51" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E51" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F51" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="H51" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="D52" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E52" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F52" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="H52" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="D53" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E53" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F53" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="H53" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="D54" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E54" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F54" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="H54" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="D55" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E55" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F55" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="H55" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="D56" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E56" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F56" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="H56" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D57" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E57" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F57" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="H57" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D58" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E58" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F58" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="H58" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="D59" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E59" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F59" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="H59" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="D60" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E60" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F60" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="H60" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="D61" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E61" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F61" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="H61" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="D62" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E62" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F62" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="H62" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="D63" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E63" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F63" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="H63" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D64" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E64" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F64" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="H64" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="D65" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E65" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F65" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="H65" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>10</v>
+        <v>249</v>
       </c>
       <c r="D66" t="s">
-        <v>254</v>
+        <v>96</v>
       </c>
       <c r="E66" t="s">
-        <v>255</v>
+        <v>97</v>
       </c>
       <c r="F66" t="s">
-        <v>256</v>
+        <v>98</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="H66" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="D67" t="s">
+        <v>96</v>
+      </c>
+      <c r="E67" t="s">
+        <v>97</v>
+      </c>
+      <c r="F67" t="s">
+        <v>98</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="E67" t="s">
+      <c r="H67" t="s">
         <v>255</v>
-      </c>
-[...7 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>20</v>
+        <v>257</v>
       </c>
       <c r="D68" t="s">
-        <v>254</v>
+        <v>96</v>
       </c>
       <c r="E68" t="s">
-        <v>255</v>
+        <v>97</v>
       </c>
       <c r="F68" t="s">
-        <v>256</v>
+        <v>98</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="H68" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="D69" t="s">
-        <v>254</v>
+        <v>96</v>
       </c>
       <c r="E69" t="s">
-        <v>255</v>
+        <v>97</v>
       </c>
       <c r="F69" t="s">
-        <v>256</v>
+        <v>98</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="H69" t="s">
-        <v>148</v>
+        <v>263</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>264</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>265</v>
+      </c>
+      <c r="D70" t="s">
+        <v>96</v>
+      </c>
+      <c r="E70" t="s">
+        <v>97</v>
+      </c>
+      <c r="F70" t="s">
+        <v>98</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H70" t="s">
         <v>267</v>
-      </c>
-[...19 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>268</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>269</v>
+      </c>
+      <c r="D71" t="s">
+        <v>96</v>
+      </c>
+      <c r="E71" t="s">
+        <v>97</v>
+      </c>
+      <c r="F71" t="s">
+        <v>98</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B71" t="s">
-[...14 lines deleted...]
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>272</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>273</v>
       </c>
-      <c r="B72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>254</v>
+        <v>96</v>
       </c>
       <c r="E72" t="s">
-        <v>255</v>
+        <v>97</v>
       </c>
       <c r="F72" t="s">
-        <v>256</v>
+        <v>98</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H72" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>276</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>10</v>
+        <v>277</v>
       </c>
       <c r="D73" t="s">
-        <v>277</v>
+        <v>96</v>
       </c>
       <c r="E73" t="s">
+        <v>97</v>
+      </c>
+      <c r="F73" t="s">
+        <v>98</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>280</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>281</v>
       </c>
-      <c r="B74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>277</v>
+        <v>96</v>
       </c>
       <c r="E74" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="F74" t="s">
+        <v>98</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>284</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>285</v>
       </c>
-      <c r="B75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>277</v>
+        <v>96</v>
       </c>
       <c r="E75" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="F75" t="s">
-        <v>282</v>
+        <v>98</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>286</v>
       </c>
       <c r="H75" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>288</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>24</v>
+        <v>289</v>
       </c>
       <c r="D76" t="s">
-        <v>277</v>
+        <v>96</v>
       </c>
       <c r="E76" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="F76" t="s">
-        <v>282</v>
+        <v>98</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H76" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>28</v>
+        <v>293</v>
       </c>
       <c r="D77" t="s">
-        <v>277</v>
+        <v>96</v>
       </c>
       <c r="E77" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="F77" t="s">
-        <v>282</v>
+        <v>98</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H77" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>32</v>
+        <v>297</v>
       </c>
       <c r="D78" t="s">
-        <v>277</v>
+        <v>96</v>
       </c>
       <c r="E78" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="F78" t="s">
-        <v>282</v>
+        <v>98</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="H78" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>36</v>
+        <v>301</v>
       </c>
       <c r="D79" t="s">
-        <v>277</v>
+        <v>96</v>
       </c>
       <c r="E79" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="F79" t="s">
-        <v>282</v>
+        <v>98</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="H79" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>277</v>
+        <v>305</v>
       </c>
       <c r="E80" t="s">
-        <v>278</v>
+        <v>306</v>
       </c>
       <c r="F80" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="H80" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="D81" t="s">
-        <v>277</v>
+        <v>305</v>
       </c>
       <c r="E81" t="s">
-        <v>278</v>
+        <v>306</v>
       </c>
       <c r="F81" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="H81" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>313</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>305</v>
+      </c>
+      <c r="E82" t="s">
         <v>306</v>
       </c>
-      <c r="B82" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="H82" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="D83" t="s">
-        <v>277</v>
+        <v>305</v>
       </c>
       <c r="E83" t="s">
-        <v>278</v>
+        <v>306</v>
       </c>
       <c r="F83" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="H83" t="s">
-        <v>311</v>
+        <v>163</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="D84" t="s">
-        <v>277</v>
+        <v>305</v>
       </c>
       <c r="E84" t="s">
-        <v>278</v>
+        <v>306</v>
       </c>
       <c r="F84" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="H84" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="D85" t="s">
-        <v>277</v>
+        <v>305</v>
       </c>
       <c r="E85" t="s">
-        <v>278</v>
+        <v>306</v>
       </c>
       <c r="F85" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="H85" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="D86" t="s">
-        <v>277</v>
+        <v>305</v>
       </c>
       <c r="E86" t="s">
-        <v>278</v>
+        <v>306</v>
+      </c>
+      <c r="F86" t="s">
+        <v>307</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="H86" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="D87" t="s">
-        <v>277</v>
+        <v>305</v>
       </c>
       <c r="E87" t="s">
-        <v>278</v>
+        <v>306</v>
       </c>
       <c r="F87" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="H87" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="D88" t="s">
-        <v>277</v>
+        <v>305</v>
       </c>
       <c r="E88" t="s">
-        <v>278</v>
+        <v>306</v>
       </c>
       <c r="F88" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="H88" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E89" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F89" t="s">
-        <v>282</v>
+        <v>98</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="H89" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>130</v>
+        <v>16</v>
       </c>
       <c r="D90" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E90" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F90" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="H90" t="s">
-        <v>148</v>
+        <v>341</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>134</v>
+        <v>20</v>
       </c>
       <c r="D91" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E91" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F91" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="H91" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>345</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>24</v>
+      </c>
+      <c r="D92" t="s">
+        <v>334</v>
+      </c>
+      <c r="E92" t="s">
         <v>335</v>
       </c>
-      <c r="B92" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="H92" t="s">
-        <v>160</v>
+        <v>347</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>142</v>
+        <v>28</v>
       </c>
       <c r="D93" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E93" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F93" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="H93" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="D94" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E94" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F94" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="H94" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>150</v>
+        <v>36</v>
       </c>
       <c r="D95" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E95" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F95" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="H95" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>154</v>
+        <v>40</v>
       </c>
       <c r="D96" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E96" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F96" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="H96" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>158</v>
+        <v>44</v>
       </c>
       <c r="D97" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E97" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F97" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="H97" t="s">
-        <v>320</v>
+        <v>362</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>162</v>
+        <v>48</v>
       </c>
       <c r="D98" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E98" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F98" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="H98" t="s">
-        <v>317</v>
+        <v>365</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>166</v>
+        <v>52</v>
       </c>
       <c r="D99" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E99" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F99" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
       <c r="H99" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>170</v>
+        <v>56</v>
       </c>
       <c r="D100" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E100" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F100" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
       <c r="H100" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>174</v>
+        <v>60</v>
       </c>
       <c r="D101" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E101" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F101" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="H101" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>178</v>
+        <v>64</v>
       </c>
       <c r="D102" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E102" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>335</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="H102" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>365</v>
+        <v>378</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>182</v>
+        <v>68</v>
       </c>
       <c r="D103" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E103" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F103" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>366</v>
+        <v>379</v>
       </c>
       <c r="H103" t="s">
-        <v>367</v>
+        <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>186</v>
+        <v>72</v>
       </c>
       <c r="D104" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E104" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F104" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>369</v>
+        <v>382</v>
       </c>
       <c r="H104" t="s">
-        <v>370</v>
+        <v>383</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>371</v>
+        <v>384</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>190</v>
+        <v>76</v>
       </c>
       <c r="D105" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E105" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F105" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="H105" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>194</v>
+        <v>80</v>
       </c>
       <c r="D106" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E106" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F106" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="H106" t="s">
-        <v>376</v>
+        <v>163</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>198</v>
+        <v>84</v>
       </c>
       <c r="D107" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E107" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F107" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="H107" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>202</v>
+        <v>88</v>
       </c>
       <c r="D108" t="s">
-        <v>277</v>
+        <v>334</v>
       </c>
       <c r="E108" t="s">
-        <v>278</v>
+        <v>335</v>
       </c>
       <c r="F108" t="s">
-        <v>282</v>
+        <v>339</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="H108" t="s">
-        <v>382</v>
+        <v>175</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>383</v>
+        <v>394</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="D109" t="s">
-        <v>384</v>
+        <v>334</v>
       </c>
       <c r="E109" t="s">
-        <v>385</v>
+        <v>335</v>
       </c>
       <c r="F109" t="s">
-        <v>386</v>
+        <v>339</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="H109" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="D110" t="s">
-        <v>384</v>
+        <v>334</v>
       </c>
       <c r="E110" t="s">
-        <v>385</v>
+        <v>335</v>
       </c>
       <c r="F110" t="s">
-        <v>386</v>
+        <v>339</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="H110" t="s">
-        <v>370</v>
+        <v>399</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>20</v>
+        <v>165</v>
       </c>
       <c r="D111" t="s">
-        <v>384</v>
+        <v>334</v>
       </c>
       <c r="E111" t="s">
-        <v>385</v>
+        <v>335</v>
       </c>
       <c r="F111" t="s">
-        <v>386</v>
+        <v>339</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="H111" t="s">
-        <v>373</v>
+        <v>402</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>24</v>
+        <v>169</v>
       </c>
       <c r="D112" t="s">
-        <v>384</v>
+        <v>334</v>
       </c>
       <c r="E112" t="s">
-        <v>385</v>
+        <v>335</v>
       </c>
       <c r="F112" t="s">
-        <v>386</v>
+        <v>339</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="H112" t="s">
-        <v>275</v>
+        <v>405</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>10</v>
+        <v>173</v>
       </c>
       <c r="D113" t="s">
-        <v>396</v>
+        <v>334</v>
       </c>
       <c r="E113" t="s">
-        <v>397</v>
+        <v>335</v>
       </c>
       <c r="F113" t="s">
-        <v>78</v>
+        <v>339</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="H113" t="s">
-        <v>399</v>
+        <v>377</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>16</v>
+        <v>177</v>
       </c>
       <c r="D114" t="s">
-        <v>396</v>
+        <v>334</v>
       </c>
       <c r="E114" t="s">
-        <v>397</v>
+        <v>335</v>
       </c>
       <c r="F114" t="s">
-        <v>78</v>
+        <v>339</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="H114" t="s">
-        <v>402</v>
+        <v>374</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="D115" t="s">
-        <v>396</v>
+        <v>334</v>
       </c>
       <c r="E115" t="s">
-        <v>397</v>
+        <v>335</v>
       </c>
       <c r="F115" t="s">
-        <v>78</v>
+        <v>339</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="H115" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>10</v>
+        <v>185</v>
       </c>
       <c r="D116" t="s">
-        <v>407</v>
+        <v>334</v>
       </c>
       <c r="E116" t="s">
-        <v>408</v>
+        <v>335</v>
       </c>
       <c r="F116" t="s">
-        <v>78</v>
+        <v>339</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="H116" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D117" t="s">
-        <v>407</v>
+        <v>334</v>
       </c>
       <c r="E117" t="s">
-        <v>408</v>
+        <v>335</v>
       </c>
       <c r="F117" t="s">
-        <v>412</v>
+        <v>339</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="H117" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>20</v>
+        <v>193</v>
       </c>
       <c r="D118" t="s">
-        <v>407</v>
+        <v>334</v>
       </c>
       <c r="E118" t="s">
-        <v>408</v>
+        <v>335</v>
       </c>
       <c r="F118" t="s">
-        <v>78</v>
+        <v>339</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H118" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>24</v>
+        <v>197</v>
       </c>
       <c r="D119" t="s">
-        <v>407</v>
+        <v>334</v>
       </c>
       <c r="E119" t="s">
-        <v>408</v>
+        <v>335</v>
       </c>
       <c r="F119" t="s">
-        <v>78</v>
+        <v>339</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="H119" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>28</v>
+        <v>201</v>
       </c>
       <c r="D120" t="s">
-        <v>407</v>
+        <v>334</v>
       </c>
       <c r="E120" t="s">
-        <v>408</v>
+        <v>335</v>
       </c>
       <c r="F120" t="s">
-        <v>422</v>
+        <v>339</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="H120" t="s">
-        <v>405</v>
+        <v>427</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>32</v>
+        <v>205</v>
       </c>
       <c r="D121" t="s">
-        <v>407</v>
+        <v>334</v>
       </c>
       <c r="E121" t="s">
-        <v>408</v>
+        <v>335</v>
       </c>
       <c r="F121" t="s">
-        <v>422</v>
+        <v>339</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="H121" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>10</v>
+        <v>209</v>
       </c>
       <c r="D122" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="E122" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="F122" t="s">
-        <v>422</v>
+        <v>339</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="H122" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>16</v>
+        <v>213</v>
       </c>
       <c r="D123" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="E123" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="F123" t="s">
-        <v>422</v>
+        <v>339</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="H123" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>20</v>
+        <v>217</v>
       </c>
       <c r="D124" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="E124" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="F124" t="s">
-        <v>422</v>
+        <v>339</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="H124" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>24</v>
+        <v>221</v>
       </c>
       <c r="D125" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="E125" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="F125" t="s">
-        <v>422</v>
+        <v>339</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="H125" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>28</v>
+        <v>225</v>
       </c>
       <c r="D126" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="E126" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="F126" t="s">
-        <v>412</v>
+        <v>98</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="H126" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>32</v>
+        <v>229</v>
       </c>
       <c r="D127" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="E127" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="F127" t="s">
-        <v>445</v>
+        <v>339</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H127" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>36</v>
+        <v>233</v>
       </c>
       <c r="D128" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="E128" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="F128" t="s">
-        <v>445</v>
+        <v>339</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H128" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>40</v>
+        <v>237</v>
       </c>
       <c r="D129" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="E129" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="F129" t="s">
-        <v>445</v>
+        <v>339</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H129" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>44</v>
+        <v>241</v>
       </c>
       <c r="D130" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="E130" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="F130" t="s">
-        <v>445</v>
+        <v>339</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H130" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D131" t="s">
-        <v>428</v>
+        <v>459</v>
       </c>
       <c r="E131" t="s">
-        <v>429</v>
+        <v>460</v>
       </c>
       <c r="F131" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H131" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>464</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>16</v>
+      </c>
+      <c r="D132" t="s">
+        <v>459</v>
+      </c>
+      <c r="E132" t="s">
         <v>460</v>
       </c>
-      <c r="B132" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F132" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="H132" t="s">
-        <v>462</v>
+        <v>427</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="D133" t="s">
-        <v>428</v>
+        <v>459</v>
       </c>
       <c r="E133" t="s">
-        <v>429</v>
+        <v>460</v>
       </c>
       <c r="F133" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="H133" t="s">
-        <v>465</v>
+        <v>430</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D134" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="E134" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="F134" t="s">
-        <v>412</v>
+        <v>461</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H134" t="s">
-        <v>470</v>
+        <v>326</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>470</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>28</v>
+      </c>
+      <c r="D135" t="s">
+        <v>459</v>
+      </c>
+      <c r="E135" t="s">
+        <v>460</v>
+      </c>
+      <c r="F135" t="s">
+        <v>461</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="B135" t="s">
-[...11 lines deleted...]
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>472</v>
-      </c>
-[...4 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>473</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>32</v>
+      </c>
+      <c r="D136" t="s">
+        <v>459</v>
+      </c>
+      <c r="E136" t="s">
+        <v>460</v>
+      </c>
+      <c r="F136" t="s">
+        <v>461</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H136" t="s">
         <v>475</v>
-      </c>
-[...19 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>476</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>36</v>
+      </c>
+      <c r="D137" t="s">
+        <v>459</v>
+      </c>
+      <c r="E137" t="s">
+        <v>460</v>
+      </c>
+      <c r="F137" t="s">
+        <v>461</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H137" t="s">
         <v>478</v>
-      </c>
-[...19 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>479</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>10</v>
+      </c>
+      <c r="D138" t="s">
+        <v>480</v>
+      </c>
+      <c r="E138" t="s">
         <v>481</v>
       </c>
-      <c r="B138" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F138" t="s">
-        <v>412</v>
+        <v>98</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H138" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>484</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="D139" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="E139" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="F139" t="s">
-        <v>472</v>
+        <v>98</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>485</v>
       </c>
       <c r="H139" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>487</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="D140" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="E140" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="F140" t="s">
+        <v>98</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>490</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>10</v>
+      </c>
+      <c r="D141" t="s">
         <v>491</v>
       </c>
-      <c r="B141" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E141" t="s">
-        <v>468</v>
+        <v>492</v>
       </c>
       <c r="F141" t="s">
-        <v>412</v>
+        <v>98</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H141" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="D142" t="s">
-        <v>467</v>
+        <v>491</v>
       </c>
       <c r="E142" t="s">
-        <v>468</v>
+        <v>492</v>
       </c>
       <c r="F142" t="s">
-        <v>412</v>
+        <v>496</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="H142" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="D143" t="s">
-        <v>467</v>
+        <v>491</v>
       </c>
       <c r="E143" t="s">
-        <v>468</v>
+        <v>492</v>
       </c>
       <c r="F143" t="s">
-        <v>412</v>
+        <v>98</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H143" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="D144" t="s">
-        <v>467</v>
+        <v>491</v>
       </c>
       <c r="E144" t="s">
-        <v>468</v>
+        <v>492</v>
       </c>
       <c r="F144" t="s">
-        <v>445</v>
+        <v>98</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H144" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="D145" t="s">
-        <v>467</v>
+        <v>491</v>
       </c>
       <c r="E145" t="s">
-        <v>468</v>
+        <v>492</v>
       </c>
       <c r="F145" t="s">
-        <v>445</v>
+        <v>506</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="H145" t="s">
-        <v>505</v>
+        <v>489</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>508</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>32</v>
+      </c>
+      <c r="D146" t="s">
+        <v>491</v>
+      </c>
+      <c r="E146" t="s">
+        <v>492</v>
+      </c>
+      <c r="F146" t="s">
         <v>506</v>
       </c>
-      <c r="B146" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G146" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="H146" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="D147" t="s">
-        <v>467</v>
+        <v>512</v>
       </c>
       <c r="E147" t="s">
-        <v>468</v>
+        <v>513</v>
+      </c>
+      <c r="F147" t="s">
+        <v>98</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="H147" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="D148" t="s">
-        <v>467</v>
+        <v>517</v>
       </c>
       <c r="E148" t="s">
-        <v>468</v>
+        <v>518</v>
       </c>
       <c r="F148" t="s">
-        <v>412</v>
+        <v>506</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="H148" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D149" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E149" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F149" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="H149" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D150" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E150" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F150" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="H150" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D151" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E151" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F151" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="H151" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D152" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E152" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F152" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="H152" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D153" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E153" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F153" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="H153" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D154" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E154" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F154" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="H154" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D155" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E155" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F155" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="H155" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D156" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E156" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F156" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="H156" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D157" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E157" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F157" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="H157" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D158" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E158" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F158" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="H158" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D159" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E159" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F159" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="H159" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D160" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E160" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F160" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="H160" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="D161" t="s">
-        <v>516</v>
+        <v>559</v>
       </c>
       <c r="E161" t="s">
-        <v>517</v>
+        <v>560</v>
       </c>
       <c r="F161" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="H161" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="D162" t="s">
-        <v>516</v>
+        <v>559</v>
       </c>
       <c r="E162" t="s">
-        <v>517</v>
+        <v>560</v>
       </c>
       <c r="F162" t="s">
-        <v>518</v>
+        <v>564</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="H162" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>567</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>559</v>
+      </c>
+      <c r="E163" t="s">
         <v>560</v>
       </c>
-      <c r="B163" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F163" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="H163" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D164" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E164" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F164" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="H164" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D165" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E165" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F165" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="H165" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D166" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E166" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F166" t="s">
-        <v>518</v>
+        <v>564</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="H166" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D167" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E167" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F167" t="s">
-        <v>518</v>
+        <v>580</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="H167" t="s">
-        <v>573</v>
+        <v>582</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D168" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E168" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F168" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="H168" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="D169" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E169" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F169" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="H169" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="D170" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E170" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F170" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="H170" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D171" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E171" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F171" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="H171" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="D172" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E172" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F172" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="H172" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="D173" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E173" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F173" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="H173" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="D174" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E174" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>518</v>
+        <v>560</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>595</v>
+        <v>474</v>
       </c>
       <c r="H174" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="D175" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E175" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F175" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="H175" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="D176" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E176" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F176" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="H176" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="D177" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E177" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="F177" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="H177" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="D178" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E178" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F178" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="H178" t="s">
-        <v>608</v>
+        <v>617</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>126</v>
+        <v>16</v>
       </c>
       <c r="D179" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E179" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F179" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="H179" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>130</v>
+        <v>20</v>
       </c>
       <c r="D180" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E180" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F180" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>613</v>
+        <v>622</v>
       </c>
       <c r="H180" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>624</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>24</v>
+      </c>
+      <c r="D181" t="s">
+        <v>613</v>
+      </c>
+      <c r="E181" t="s">
+        <v>614</v>
+      </c>
+      <c r="F181" t="s">
         <v>615</v>
       </c>
-      <c r="B181" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G181" s="1" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
       <c r="H181" t="s">
-        <v>617</v>
+        <v>626</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>138</v>
+        <v>28</v>
       </c>
       <c r="D182" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E182" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F182" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="H182" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>142</v>
+        <v>32</v>
       </c>
       <c r="D183" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E183" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F183" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="H183" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>146</v>
+        <v>36</v>
       </c>
       <c r="D184" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E184" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F184" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="H184" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>150</v>
+        <v>40</v>
       </c>
       <c r="D185" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E185" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F185" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="H185" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>154</v>
+        <v>44</v>
       </c>
       <c r="D186" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E186" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F186" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="H186" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>158</v>
+        <v>48</v>
       </c>
       <c r="D187" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E187" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F187" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="H187" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>162</v>
+        <v>52</v>
       </c>
       <c r="D188" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E188" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F188" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="H188" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>166</v>
+        <v>56</v>
       </c>
       <c r="D189" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E189" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F189" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="H189" t="s">
-        <v>641</v>
+        <v>650</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>170</v>
+        <v>60</v>
       </c>
       <c r="D190" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E190" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F190" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
       <c r="H190" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>174</v>
+        <v>64</v>
       </c>
       <c r="D191" t="s">
-        <v>561</v>
+        <v>613</v>
       </c>
       <c r="E191" t="s">
-        <v>562</v>
+        <v>614</v>
       </c>
       <c r="F191" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="H191" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>178</v>
+        <v>10</v>
       </c>
       <c r="D192" t="s">
-        <v>561</v>
+        <v>658</v>
       </c>
       <c r="E192" t="s">
-        <v>562</v>
+        <v>659</v>
       </c>
       <c r="F192" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>649</v>
+        <v>660</v>
       </c>
       <c r="H192" t="s">
-        <v>650</v>
+        <v>661</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>651</v>
+        <v>662</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>182</v>
+        <v>16</v>
       </c>
       <c r="D193" t="s">
-        <v>561</v>
+        <v>658</v>
       </c>
       <c r="E193" t="s">
-        <v>562</v>
+        <v>659</v>
       </c>
       <c r="F193" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>652</v>
+        <v>663</v>
       </c>
       <c r="H193" t="s">
-        <v>653</v>
+        <v>664</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>654</v>
+        <v>665</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>190</v>
+        <v>20</v>
       </c>
       <c r="D194" t="s">
-        <v>561</v>
+        <v>658</v>
       </c>
       <c r="E194" t="s">
-        <v>562</v>
+        <v>659</v>
       </c>
       <c r="F194" t="s">
-        <v>518</v>
+        <v>615</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="H194" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>657</v>
+        <v>668</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D195" t="s">
         <v>658</v>
       </c>
       <c r="E195" t="s">
         <v>659</v>
       </c>
       <c r="F195" t="s">
-        <v>660</v>
+        <v>615</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="H195" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D196" t="s">
         <v>658</v>
       </c>
       <c r="E196" t="s">
         <v>659</v>
       </c>
       <c r="F196" t="s">
-        <v>422</v>
+        <v>615</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="H196" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D197" t="s">
         <v>658</v>
       </c>
       <c r="E197" t="s">
         <v>659</v>
       </c>
       <c r="F197" t="s">
-        <v>472</v>
+        <v>615</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="H197" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D198" t="s">
         <v>658</v>
       </c>
       <c r="E198" t="s">
         <v>659</v>
       </c>
       <c r="F198" t="s">
-        <v>445</v>
+        <v>615</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="H198" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D199" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
       <c r="E199" t="s">
-        <v>674</v>
+        <v>659</v>
+      </c>
+      <c r="F199" t="s">
+        <v>615</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="H199" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="D200" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
       <c r="E200" t="s">
-        <v>674</v>
+        <v>659</v>
       </c>
       <c r="F200" t="s">
-        <v>660</v>
+        <v>615</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="H200" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="D201" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
       <c r="E201" t="s">
-        <v>674</v>
+        <v>659</v>
       </c>
       <c r="F201" t="s">
-        <v>660</v>
+        <v>615</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>510</v>
+        <v>686</v>
       </c>
       <c r="H201" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D202" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
       <c r="E202" t="s">
-        <v>674</v>
+        <v>659</v>
       </c>
       <c r="F202" t="s">
-        <v>472</v>
+        <v>615</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="H202" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="D203" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
       <c r="E203" t="s">
-        <v>674</v>
+        <v>659</v>
       </c>
       <c r="F203" t="s">
-        <v>686</v>
+        <v>615</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="H203" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="D204" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
       <c r="E204" t="s">
-        <v>674</v>
+        <v>659</v>
+      </c>
+      <c r="F204" t="s">
+        <v>615</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="H204" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="D205" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E205" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F205" t="s">
-        <v>695</v>
+        <v>615</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>510</v>
+        <v>698</v>
       </c>
       <c r="H205" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="D206" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E206" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F206" t="s">
-        <v>412</v>
+        <v>615</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="H206" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="D207" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E207" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F207" t="s">
-        <v>78</v>
+        <v>615</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="H207" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="D208" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E208" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F208" t="s">
-        <v>422</v>
+        <v>615</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="H208" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="D209" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E209" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F209" t="s">
-        <v>488</v>
+        <v>615</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="H209" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="D210" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E210" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F210" t="s">
-        <v>422</v>
+        <v>615</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="H210" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="D211" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E211" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F211" t="s">
-        <v>412</v>
+        <v>615</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="H211" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="D212" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E212" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F212" t="s">
-        <v>488</v>
+        <v>615</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="H212" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>48</v>
+        <v>161</v>
       </c>
       <c r="D213" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E213" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F213" t="s">
-        <v>422</v>
+        <v>615</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="H213" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>52</v>
+        <v>165</v>
       </c>
       <c r="D214" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E214" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F214" t="s">
-        <v>686</v>
+        <v>615</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="H214" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>56</v>
+        <v>169</v>
       </c>
       <c r="D215" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E215" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F215" t="s">
-        <v>412</v>
+        <v>615</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="H215" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>60</v>
+        <v>173</v>
       </c>
       <c r="D216" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E216" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F216" t="s">
-        <v>412</v>
+        <v>615</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="H216" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>64</v>
+        <v>177</v>
       </c>
       <c r="D217" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E217" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F217" t="s">
-        <v>422</v>
+        <v>615</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="H217" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>68</v>
+        <v>181</v>
       </c>
       <c r="D218" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E218" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F218" t="s">
-        <v>412</v>
+        <v>615</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="H218" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>72</v>
+        <v>185</v>
       </c>
       <c r="D219" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E219" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F219" t="s">
-        <v>686</v>
+        <v>615</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="H219" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>126</v>
+        <v>189</v>
       </c>
       <c r="D220" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E220" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F220" t="s">
-        <v>422</v>
+        <v>615</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="H220" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>130</v>
+        <v>193</v>
       </c>
       <c r="D221" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E221" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F221" t="s">
-        <v>422</v>
+        <v>615</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="H221" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>134</v>
+        <v>197</v>
       </c>
       <c r="D222" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E222" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F222" t="s">
-        <v>412</v>
+        <v>615</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="H222" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>138</v>
+        <v>205</v>
       </c>
       <c r="D223" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E223" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F223" t="s">
-        <v>695</v>
+        <v>615</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="H223" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>142</v>
+        <v>209</v>
       </c>
       <c r="D224" t="s">
-        <v>693</v>
+        <v>658</v>
       </c>
       <c r="E224" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="F224" t="s">
-        <v>695</v>
+        <v>615</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="H224" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D225" t="s">
-        <v>693</v>
+        <v>758</v>
       </c>
       <c r="E225" t="s">
-        <v>694</v>
+        <v>759</v>
       </c>
       <c r="F225" t="s">
-        <v>488</v>
+        <v>760</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="H225" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>150</v>
+        <v>16</v>
       </c>
       <c r="D226" t="s">
-        <v>693</v>
+        <v>758</v>
       </c>
       <c r="E226" t="s">
-        <v>694</v>
+        <v>759</v>
       </c>
       <c r="F226" t="s">
-        <v>488</v>
+        <v>506</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="H226" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>154</v>
+        <v>20</v>
       </c>
       <c r="D227" t="s">
-        <v>693</v>
+        <v>758</v>
       </c>
       <c r="E227" t="s">
-        <v>694</v>
+        <v>759</v>
       </c>
       <c r="F227" t="s">
-        <v>412</v>
+        <v>564</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="H227" t="s">
-        <v>747</v>
+        <v>768</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="D228" t="s">
-        <v>693</v>
+        <v>758</v>
       </c>
       <c r="E228" t="s">
-        <v>694</v>
+        <v>759</v>
       </c>
       <c r="F228" t="s">
-        <v>472</v>
+        <v>534</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="H228" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>162</v>
+        <v>10</v>
       </c>
       <c r="D229" t="s">
-        <v>693</v>
+        <v>773</v>
       </c>
       <c r="E229" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>774</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="H229" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>166</v>
+        <v>16</v>
       </c>
       <c r="D230" t="s">
-        <v>693</v>
+        <v>773</v>
       </c>
       <c r="E230" t="s">
-        <v>694</v>
+        <v>774</v>
       </c>
       <c r="F230" t="s">
-        <v>422</v>
+        <v>760</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="H230" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="D231" t="s">
-        <v>693</v>
+        <v>773</v>
       </c>
       <c r="E231" t="s">
-        <v>694</v>
+        <v>774</v>
       </c>
       <c r="F231" t="s">
-        <v>412</v>
+        <v>760</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>772</v>
+        <v>474</v>
       </c>
       <c r="H231" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>782</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>24</v>
+      </c>
+      <c r="D232" t="s">
+        <v>773</v>
+      </c>
+      <c r="E232" t="s">
         <v>774</v>
       </c>
-      <c r="B232" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F232" t="s">
-        <v>422</v>
+        <v>564</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="H232" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>178</v>
+        <v>28</v>
       </c>
       <c r="D233" t="s">
-        <v>693</v>
+        <v>773</v>
       </c>
       <c r="E233" t="s">
-        <v>694</v>
+        <v>774</v>
       </c>
       <c r="F233" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="H233" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>182</v>
+        <v>32</v>
       </c>
       <c r="D234" t="s">
-        <v>693</v>
+        <v>773</v>
       </c>
       <c r="E234" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>774</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="H234" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>186</v>
+        <v>10</v>
       </c>
       <c r="D235" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E235" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F235" t="s">
-        <v>422</v>
+        <v>795</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>785</v>
+        <v>474</v>
       </c>
       <c r="H235" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>190</v>
+        <v>16</v>
       </c>
       <c r="D236" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E236" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F236" t="s">
-        <v>422</v>
+        <v>496</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="H236" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="D237" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E237" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F237" t="s">
-        <v>412</v>
+        <v>98</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="H237" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
+        <v>803</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>24</v>
+      </c>
+      <c r="D238" t="s">
         <v>793</v>
       </c>
-      <c r="B238" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E238" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F238" t="s">
-        <v>412</v>
+        <v>506</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="H238" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>202</v>
+        <v>28</v>
       </c>
       <c r="D239" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E239" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F239" t="s">
-        <v>412</v>
+        <v>580</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="H239" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>206</v>
+        <v>32</v>
       </c>
       <c r="D240" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E240" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F240" t="s">
-        <v>412</v>
+        <v>506</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="H240" t="s">
-        <v>798</v>
+        <v>811</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>801</v>
+        <v>812</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>210</v>
+        <v>36</v>
       </c>
       <c r="D241" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E241" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F241" t="s">
-        <v>472</v>
+        <v>496</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>802</v>
+        <v>813</v>
       </c>
       <c r="H241" t="s">
-        <v>803</v>
+        <v>814</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>804</v>
+        <v>815</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="D242" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E242" t="s">
-        <v>694</v>
+        <v>794</v>
+      </c>
+      <c r="F242" t="s">
+        <v>580</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>805</v>
+        <v>816</v>
       </c>
       <c r="H242" t="s">
-        <v>806</v>
+        <v>817</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>807</v>
+        <v>818</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>218</v>
+        <v>48</v>
       </c>
       <c r="D243" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E243" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F243" t="s">
-        <v>686</v>
+        <v>506</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>808</v>
+        <v>819</v>
       </c>
       <c r="H243" t="s">
-        <v>809</v>
+        <v>820</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>810</v>
+        <v>821</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>222</v>
+        <v>52</v>
       </c>
       <c r="D244" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E244" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F244" t="s">
-        <v>412</v>
+        <v>786</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>811</v>
+        <v>822</v>
       </c>
       <c r="H244" t="s">
-        <v>812</v>
+        <v>823</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>813</v>
+        <v>824</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>226</v>
+        <v>56</v>
       </c>
       <c r="D245" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E245" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F245" t="s">
-        <v>422</v>
+        <v>496</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>814</v>
+        <v>825</v>
       </c>
       <c r="H245" t="s">
-        <v>815</v>
+        <v>826</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>9</v>
+        <v>827</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>230</v>
+        <v>60</v>
       </c>
       <c r="D246" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E246" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F246" t="s">
-        <v>412</v>
+        <v>496</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="H246" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>234</v>
+        <v>64</v>
       </c>
       <c r="D247" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E247" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F247" t="s">
-        <v>422</v>
+        <v>506</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="H247" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>238</v>
+        <v>68</v>
       </c>
       <c r="D248" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E248" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F248" t="s">
-        <v>412</v>
+        <v>496</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
       <c r="H248" t="s">
-        <v>823</v>
+        <v>835</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>824</v>
+        <v>836</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>242</v>
+        <v>72</v>
       </c>
       <c r="D249" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E249" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F249" t="s">
-        <v>412</v>
+        <v>786</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>825</v>
+        <v>837</v>
       </c>
       <c r="H249" t="s">
-        <v>826</v>
+        <v>838</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>827</v>
+        <v>839</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>246</v>
+        <v>76</v>
       </c>
       <c r="D250" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E250" t="s">
-        <v>694</v>
+        <v>794</v>
       </c>
       <c r="F250" t="s">
-        <v>488</v>
+        <v>506</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>828</v>
+        <v>840</v>
       </c>
       <c r="H250" t="s">
-        <v>829</v>
+        <v>841</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>250</v>
+        <v>80</v>
       </c>
       <c r="D251" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E251" t="s">
-        <v>694</v>
+        <v>794</v>
+      </c>
+      <c r="F251" t="s">
+        <v>506</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>831</v>
+        <v>843</v>
       </c>
       <c r="H251" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>834</v>
+        <v>84</v>
       </c>
       <c r="D252" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E252" t="s">
-        <v>694</v>
+        <v>794</v>
+      </c>
+      <c r="F252" t="s">
+        <v>496</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="H252" t="s">
-        <v>836</v>
+        <v>847</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>837</v>
+        <v>848</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>838</v>
+        <v>88</v>
       </c>
       <c r="D253" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E253" t="s">
-        <v>694</v>
+        <v>794</v>
+      </c>
+      <c r="F253" t="s">
+        <v>795</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
       <c r="H253" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>842</v>
+        <v>92</v>
       </c>
       <c r="D254" t="s">
-        <v>693</v>
+        <v>793</v>
       </c>
       <c r="E254" t="s">
-        <v>694</v>
+        <v>794</v>
+      </c>
+      <c r="F254" t="s">
+        <v>795</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="H254" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>10</v>
+        <v>161</v>
       </c>
       <c r="D255" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E255" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F255" t="s">
-        <v>695</v>
+        <v>580</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="H255" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>16</v>
+        <v>165</v>
       </c>
       <c r="D256" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E256" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F256" t="s">
-        <v>695</v>
+        <v>580</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="H256" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>20</v>
+        <v>169</v>
       </c>
       <c r="D257" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E257" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F257" t="s">
-        <v>422</v>
+        <v>496</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="H257" t="s">
-        <v>854</v>
+        <v>847</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="D258" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E258" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F258" t="s">
-        <v>695</v>
+        <v>564</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="H258" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="D259" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E259" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F259" t="s">
-        <v>488</v>
+        <v>564</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="H259" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>32</v>
+        <v>181</v>
       </c>
       <c r="D260" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E260" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F260" t="s">
-        <v>412</v>
+        <v>506</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="H260" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>36</v>
+        <v>185</v>
       </c>
       <c r="D261" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E261" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F261" t="s">
-        <v>422</v>
+        <v>496</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="H261" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>40</v>
+        <v>189</v>
       </c>
       <c r="D262" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E262" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F262" t="s">
-        <v>422</v>
+        <v>506</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="H262" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>44</v>
+        <v>193</v>
       </c>
       <c r="D263" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E263" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F263" t="s">
-        <v>695</v>
+        <v>878</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="H263" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>48</v>
+        <v>197</v>
       </c>
       <c r="D264" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E264" t="s">
-        <v>846</v>
+        <v>794</v>
+      </c>
+      <c r="F264" t="s">
+        <v>564</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>510</v>
+        <v>882</v>
       </c>
       <c r="H264" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>52</v>
+        <v>201</v>
       </c>
       <c r="D265" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E265" t="s">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="F265" t="s">
-        <v>695</v>
+        <v>506</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="H265" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>56</v>
+        <v>205</v>
       </c>
       <c r="D266" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E266" t="s">
-        <v>846</v>
+        <v>794</v>
+      </c>
+      <c r="F266" t="s">
+        <v>506</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="H266" t="s">
-        <v>854</v>
+        <v>889</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>60</v>
+        <v>209</v>
       </c>
       <c r="D267" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E267" t="s">
-        <v>846</v>
+        <v>794</v>
+      </c>
+      <c r="F267" t="s">
+        <v>496</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="H267" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>10</v>
+        <v>213</v>
       </c>
       <c r="D268" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E268" t="s">
-        <v>884</v>
+        <v>794</v>
       </c>
       <c r="F268" t="s">
-        <v>422</v>
+        <v>496</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="H268" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>16</v>
+        <v>217</v>
       </c>
       <c r="D269" t="s">
-        <v>467</v>
+        <v>793</v>
       </c>
       <c r="E269" t="s">
-        <v>884</v>
+        <v>794</v>
+      </c>
+      <c r="F269" t="s">
+        <v>496</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="H269" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>10</v>
+        <v>221</v>
       </c>
       <c r="D270" t="s">
-        <v>891</v>
+        <v>793</v>
       </c>
       <c r="E270" t="s">
-        <v>892</v>
+        <v>794</v>
+      </c>
+      <c r="F270" t="s">
+        <v>496</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="H270" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>16</v>
+        <v>225</v>
       </c>
       <c r="D271" t="s">
-        <v>891</v>
+        <v>793</v>
       </c>
       <c r="E271" t="s">
-        <v>892</v>
+        <v>794</v>
+      </c>
+      <c r="F271" t="s">
+        <v>564</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="H271" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>20</v>
+        <v>229</v>
       </c>
       <c r="D272" t="s">
-        <v>891</v>
+        <v>793</v>
       </c>
       <c r="E272" t="s">
-        <v>892</v>
+        <v>794</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="H272" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>24</v>
+        <v>233</v>
       </c>
       <c r="D273" t="s">
-        <v>891</v>
+        <v>793</v>
       </c>
       <c r="E273" t="s">
-        <v>892</v>
+        <v>794</v>
+      </c>
+      <c r="F273" t="s">
+        <v>786</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="H273" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>28</v>
+        <v>237</v>
       </c>
       <c r="D274" t="s">
-        <v>891</v>
+        <v>793</v>
       </c>
       <c r="E274" t="s">
-        <v>892</v>
+        <v>794</v>
+      </c>
+      <c r="F274" t="s">
+        <v>496</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="H274" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>32</v>
+        <v>241</v>
       </c>
       <c r="D275" t="s">
-        <v>891</v>
+        <v>793</v>
       </c>
       <c r="E275" t="s">
-        <v>892</v>
+        <v>794</v>
+      </c>
+      <c r="F275" t="s">
+        <v>506</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="H275" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>910</v>
+        <v>9</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>36</v>
+        <v>245</v>
       </c>
       <c r="D276" t="s">
-        <v>891</v>
+        <v>793</v>
       </c>
       <c r="E276" t="s">
-        <v>892</v>
+        <v>794</v>
       </c>
       <c r="F276" t="s">
-        <v>695</v>
+        <v>496</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="H276" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
+        <v>249</v>
+      </c>
+      <c r="D277" t="s">
+        <v>793</v>
+      </c>
+      <c r="E277" t="s">
+        <v>794</v>
+      </c>
+      <c r="F277" t="s">
+        <v>506</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="H277" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>921</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>253</v>
+      </c>
+      <c r="D278" t="s">
+        <v>793</v>
+      </c>
+      <c r="E278" t="s">
+        <v>794</v>
+      </c>
+      <c r="F278" t="s">
+        <v>496</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="H278" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>924</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>257</v>
+      </c>
+      <c r="D279" t="s">
+        <v>793</v>
+      </c>
+      <c r="E279" t="s">
+        <v>794</v>
+      </c>
+      <c r="F279" t="s">
+        <v>496</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="H279" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>927</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>261</v>
+      </c>
+      <c r="D280" t="s">
+        <v>793</v>
+      </c>
+      <c r="E280" t="s">
+        <v>794</v>
+      </c>
+      <c r="F280" t="s">
+        <v>580</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="H280" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>930</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>265</v>
+      </c>
+      <c r="D281" t="s">
+        <v>793</v>
+      </c>
+      <c r="E281" t="s">
+        <v>794</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="H281" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>933</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>269</v>
+      </c>
+      <c r="D282" t="s">
+        <v>793</v>
+      </c>
+      <c r="E282" t="s">
+        <v>794</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="H282" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>936</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>273</v>
+      </c>
+      <c r="D283" t="s">
+        <v>793</v>
+      </c>
+      <c r="E283" t="s">
+        <v>794</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H283" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>939</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>277</v>
+      </c>
+      <c r="D284" t="s">
+        <v>793</v>
+      </c>
+      <c r="E284" t="s">
+        <v>794</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H284" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>942</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>281</v>
+      </c>
+      <c r="D285" t="s">
+        <v>793</v>
+      </c>
+      <c r="E285" t="s">
+        <v>794</v>
+      </c>
+      <c r="F285" t="s">
+        <v>496</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="H285" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>945</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>285</v>
+      </c>
+      <c r="D286" t="s">
+        <v>793</v>
+      </c>
+      <c r="E286" t="s">
+        <v>794</v>
+      </c>
+      <c r="F286" t="s">
+        <v>580</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="H286" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>948</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>289</v>
+      </c>
+      <c r="D287" t="s">
+        <v>793</v>
+      </c>
+      <c r="E287" t="s">
+        <v>794</v>
+      </c>
+      <c r="F287" t="s">
+        <v>496</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="H287" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>951</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>293</v>
+      </c>
+      <c r="D288" t="s">
+        <v>793</v>
+      </c>
+      <c r="E288" t="s">
+        <v>794</v>
+      </c>
+      <c r="F288" t="s">
+        <v>506</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="H288" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>954</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
         <v>10</v>
       </c>
-      <c r="D277" t="s">
-[...12 lines deleted...]
-        <v>917</v>
+      <c r="D289" t="s">
+        <v>559</v>
+      </c>
+      <c r="E289" t="s">
+        <v>955</v>
+      </c>
+      <c r="F289" t="s">
+        <v>795</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H289" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>958</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>16</v>
+      </c>
+      <c r="D290" t="s">
+        <v>559</v>
+      </c>
+      <c r="E290" t="s">
+        <v>955</v>
+      </c>
+      <c r="F290" t="s">
+        <v>795</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="H290" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>961</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>20</v>
+      </c>
+      <c r="D291" t="s">
+        <v>559</v>
+      </c>
+      <c r="E291" t="s">
+        <v>955</v>
+      </c>
+      <c r="F291" t="s">
+        <v>506</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="H291" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>964</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>24</v>
+      </c>
+      <c r="D292" t="s">
+        <v>559</v>
+      </c>
+      <c r="E292" t="s">
+        <v>955</v>
+      </c>
+      <c r="F292" t="s">
+        <v>795</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="H292" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>967</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>28</v>
+      </c>
+      <c r="D293" t="s">
+        <v>559</v>
+      </c>
+      <c r="E293" t="s">
+        <v>955</v>
+      </c>
+      <c r="F293" t="s">
+        <v>580</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="H293" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>970</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>32</v>
+      </c>
+      <c r="D294" t="s">
+        <v>559</v>
+      </c>
+      <c r="E294" t="s">
+        <v>955</v>
+      </c>
+      <c r="F294" t="s">
+        <v>496</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="H294" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>973</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>36</v>
+      </c>
+      <c r="D295" t="s">
+        <v>559</v>
+      </c>
+      <c r="E295" t="s">
+        <v>955</v>
+      </c>
+      <c r="F295" t="s">
+        <v>506</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="H295" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>976</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>40</v>
+      </c>
+      <c r="D296" t="s">
+        <v>559</v>
+      </c>
+      <c r="E296" t="s">
+        <v>955</v>
+      </c>
+      <c r="F296" t="s">
+        <v>506</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H296" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>979</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>44</v>
+      </c>
+      <c r="D297" t="s">
+        <v>559</v>
+      </c>
+      <c r="E297" t="s">
+        <v>955</v>
+      </c>
+      <c r="F297" t="s">
+        <v>795</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H297" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>982</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>48</v>
+      </c>
+      <c r="D298" t="s">
+        <v>559</v>
+      </c>
+      <c r="E298" t="s">
+        <v>955</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H298" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>984</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>52</v>
+      </c>
+      <c r="D299" t="s">
+        <v>559</v>
+      </c>
+      <c r="E299" t="s">
+        <v>955</v>
+      </c>
+      <c r="F299" t="s">
+        <v>795</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="H299" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>987</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>56</v>
+      </c>
+      <c r="D300" t="s">
+        <v>559</v>
+      </c>
+      <c r="E300" t="s">
+        <v>955</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="H300" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>989</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>60</v>
+      </c>
+      <c r="D301" t="s">
+        <v>559</v>
+      </c>
+      <c r="E301" t="s">
+        <v>955</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="H301" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>992</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>64</v>
+      </c>
+      <c r="D302" t="s">
+        <v>559</v>
+      </c>
+      <c r="E302" t="s">
+        <v>955</v>
+      </c>
+      <c r="F302" t="s">
+        <v>506</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="H302" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>995</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>10</v>
+      </c>
+      <c r="D303" t="s">
+        <v>559</v>
+      </c>
+      <c r="E303" t="s">
+        <v>996</v>
+      </c>
+      <c r="F303" t="s">
+        <v>506</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="H303" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>999</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>16</v>
+      </c>
+      <c r="D304" t="s">
+        <v>559</v>
+      </c>
+      <c r="E304" t="s">
+        <v>996</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>10</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>16</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>20</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>24</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>28</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>32</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>36</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F311" t="s">
+        <v>795</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>10</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F312" t="s">
+        <v>534</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1029</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10506,50 +11737,85 @@
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
     <hyperlink ref="G256" r:id="rId255"/>
     <hyperlink ref="G257" r:id="rId256"/>
     <hyperlink ref="G258" r:id="rId257"/>
     <hyperlink ref="G259" r:id="rId258"/>
     <hyperlink ref="G260" r:id="rId259"/>
     <hyperlink ref="G261" r:id="rId260"/>
     <hyperlink ref="G262" r:id="rId261"/>
     <hyperlink ref="G263" r:id="rId262"/>
     <hyperlink ref="G264" r:id="rId263"/>
     <hyperlink ref="G265" r:id="rId264"/>
     <hyperlink ref="G266" r:id="rId265"/>
     <hyperlink ref="G267" r:id="rId266"/>
     <hyperlink ref="G268" r:id="rId267"/>
     <hyperlink ref="G269" r:id="rId268"/>
     <hyperlink ref="G270" r:id="rId269"/>
     <hyperlink ref="G271" r:id="rId270"/>
     <hyperlink ref="G272" r:id="rId271"/>
     <hyperlink ref="G273" r:id="rId272"/>
     <hyperlink ref="G274" r:id="rId273"/>
     <hyperlink ref="G275" r:id="rId274"/>
     <hyperlink ref="G276" r:id="rId275"/>
     <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>